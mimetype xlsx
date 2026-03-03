--- v0 (2025-12-06)
+++ v1 (2026-03-03)
@@ -5,91 +5,92 @@
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" updateLinks="never" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="109" documentId="8_{38537600-ABED-436B-A783-0B2F4C8F1254}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{73B96636-7F46-4CBA-9645-FB2EF4F8BE28}"/>
+  <xr:revisionPtr revIDLastSave="10" documentId="8_{1D058E3A-9D7F-44BA-9190-24E60FB1AF59}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{7B3D97ED-2223-4D00-898B-8B749F218C6F}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="CalPags - RAM" sheetId="4" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'CalPags - RAM'!$B$1:$B$527</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'CalPags - RAM'!$B$1:$F$19</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'CalPags - RAM'!$B$1:$B$530</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'CalPags - RAM'!$B$1:$F$22</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'CalPags - RAM'!$1:$3</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="E20" i="4" l="1"/>
+  <c r="E21" i="4" s="1"/>
   <c r="E17" i="4" l="1"/>
-  <c r="E18" i="4" s="1"/>
-  <c r="E19" i="4" l="1"/>
+  <c r="E22" i="4" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="29">
   <si>
     <t>AJUDA / APOIO</t>
   </si>
   <si>
     <t>Tipo de pagamento</t>
   </si>
   <si>
     <t>Pagamento efetuado a:</t>
   </si>
   <si>
     <t>Montante  
 (mil euros)</t>
   </si>
   <si>
     <t xml:space="preserve">Nº Beneficiários </t>
   </si>
   <si>
     <t>CALENDÁRIO DE PAGAMENTOS - RAM</t>
   </si>
   <si>
     <t>NOVEMBRO</t>
   </si>
   <si>
     <t>NOVEMBRO Total</t>
   </si>
@@ -122,62 +123,74 @@
   </si>
   <si>
     <t>PEPAC F.8.2 Manutenção de muros de suporte de terras</t>
   </si>
   <si>
     <t>PEPAC F.8.3 Apoio ao Modo de Produção Biológico</t>
   </si>
   <si>
     <t>PEPAC F.8.4 Preservação de pomares de frutos frescos e vinhas tradicionais</t>
   </si>
   <si>
     <t>PEPAC F.8.5 Controlo de espécies invasoras</t>
   </si>
   <si>
     <t>PEPAC F.8.6 Manutenção de muros de pedra de croché em Porto Santo</t>
   </si>
   <si>
     <t>PEPAC F.8.7 Manutenção dos bardos em urze</t>
   </si>
   <si>
     <t>POSEI Medida 2 - Subação 2.1.1 Fileira da cana de açúcar - Transformação</t>
   </si>
   <si>
     <t>1ª Prestação 95%</t>
   </si>
+  <si>
+    <t>DEZEMBRO</t>
+  </si>
+  <si>
+    <t>DEZEMBRO Total</t>
+  </si>
+  <si>
+    <t>POSEI Medida 1 - Apoio Base aos Agricultores Madeirenses - componente nacional</t>
+  </si>
+  <si>
+    <t>100%</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ _€_-;\-* #,##0.00\ _€_-;_-* &quot;-&quot;??\ _€_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="#,##0______;"/>
     <numFmt numFmtId="166" formatCode="[$-816]d/mmm/yy;@"/>
     <numFmt numFmtId="167" formatCode="#,##0_ ;\-#,##0\ "/>
   </numFmts>
-  <fonts count="12" x14ac:knownFonts="1">
+  <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="0" tint="-4.9989318521683403E-2"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color theme="0"/>
       <name val="Verdana"/>
@@ -211,89 +224,102 @@
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="FFD9D9D9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
+    <font>
+      <b/>
+      <sz val="9"/>
+      <color theme="0" tint="-0.14999847407452621"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
   </fonts>
-  <fills count="7">
+  <fills count="8">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <gradientFill degree="270">
         <stop position="0">
           <color theme="8"/>
         </stop>
         <stop position="1">
           <color theme="8" tint="-0.49803155613879818"/>
         </stop>
       </gradientFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFEAEAEA"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFEAEAEA"/>
         <bgColor theme="4" tint="-0.249977111117893"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor theme="0" tint="-0.14999847407452621"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF92CDDC"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFD9D9D9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="8">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </right>
       <top style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </top>
       <bottom style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </bottom>
       <diagonal/>
     </border>
@@ -353,51 +379,51 @@
         <color theme="0" tint="-0.24994659260841701"/>
       </right>
       <top/>
       <bottom style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="40">
+  <cellXfs count="46">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
@@ -464,50 +490,68 @@
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="6" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="167" fontId="10" fillId="6" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="6" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="167" fontId="10" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="167" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="3" fontId="9" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="9" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="7" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="9" fillId="7" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="12" fillId="7" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Vírgula" xfId="1" builtinId="3"/>
   </cellStyles>
   <dxfs count="1">
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="5" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
@@ -790,54 +834,54 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:GT527"/>
+  <dimension ref="A1:GT530"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
+      <pane ySplit="3" topLeftCell="A18" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="1.42578125" style="3" customWidth="1"/>
     <col min="2" max="2" width="70.28515625" style="3" customWidth="1"/>
     <col min="3" max="3" width="17.7109375" style="3" customWidth="1"/>
     <col min="4" max="4" width="14.42578125" style="3" customWidth="1"/>
     <col min="5" max="5" width="12.140625" style="3" customWidth="1"/>
     <col min="6" max="6" width="10.85546875" style="3" customWidth="1"/>
     <col min="7" max="7" width="10.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:202" s="1" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B1" s="16" t="s">
         <v>5</v>
       </c>
       <c r="C1" s="16"/>
       <c r="D1" s="17"/>
       <c r="E1" s="17"/>
       <c r="F1" s="17" t="s">
         <v>9</v>
       </c>
       <c r="G1"/>
@@ -1365,101 +1409,139 @@
       <c r="I16" s="38"/>
       <c r="J16" s="7"/>
       <c r="K16" s="7"/>
       <c r="L16" s="7"/>
       <c r="M16" s="7"/>
     </row>
     <row r="17" spans="2:13" s="3" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="26" t="s">
         <v>7</v>
       </c>
       <c r="C17" s="27"/>
       <c r="D17" s="27"/>
       <c r="E17" s="28">
         <f>SUM(E6:E16)</f>
         <v>7638.80447</v>
       </c>
       <c r="F17" s="29"/>
       <c r="G17"/>
       <c r="H17" s="38"/>
       <c r="I17" s="7"/>
       <c r="J17" s="7"/>
       <c r="K17" s="7"/>
       <c r="L17" s="7"/>
       <c r="M17" s="7"/>
     </row>
-    <row r="18" spans="2:13" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-[...21 lines deleted...]
-      <c r="F19" s="32"/>
+    <row r="18" spans="2:13" s="3" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B18" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="C18" s="10"/>
+      <c r="D18" s="10"/>
+      <c r="E18" s="40"/>
+      <c r="F18" s="41"/>
+      <c r="G18"/>
+      <c r="H18" s="7"/>
+      <c r="I18" s="7"/>
+      <c r="J18" s="7"/>
+      <c r="K18" s="7"/>
+      <c r="L18" s="7"/>
+      <c r="M18" s="7"/>
+    </row>
+    <row r="19" spans="2:13" s="3" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B19" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="C19" s="24" t="s">
+        <v>28</v>
+      </c>
+      <c r="D19" s="15">
+        <v>46021</v>
+      </c>
+      <c r="E19" s="11">
+        <v>3752.7032899999999</v>
+      </c>
+      <c r="F19" s="12">
+        <v>11219</v>
+      </c>
       <c r="G19"/>
-      <c r="H19" s="39"/>
+      <c r="H19" s="7"/>
       <c r="I19" s="7"/>
       <c r="J19" s="7"/>
       <c r="K19" s="7"/>
       <c r="L19" s="7"/>
       <c r="M19" s="7"/>
     </row>
-    <row r="20" spans="2:13" x14ac:dyDescent="0.2">
-[...18 lines deleted...]
-      <c r="F22"/>
+    <row r="20" spans="2:13" s="3" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B20" s="42" t="s">
+        <v>26</v>
+      </c>
+      <c r="C20" s="43"/>
+      <c r="D20" s="43"/>
+      <c r="E20" s="44">
+        <f>+E19</f>
+        <v>3752.7032899999999</v>
+      </c>
+      <c r="F20" s="45"/>
+      <c r="G20"/>
+      <c r="H20" s="7"/>
+      <c r="I20" s="7"/>
+      <c r="J20" s="7"/>
+      <c r="K20" s="7"/>
+      <c r="L20" s="7"/>
+      <c r="M20" s="7"/>
+    </row>
+    <row r="21" spans="2:13" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B21" s="33" t="s">
+        <v>10</v>
+      </c>
+      <c r="C21" s="34"/>
+      <c r="D21" s="34"/>
+      <c r="E21" s="35">
+        <f>+E17+E20</f>
+        <v>11391.50776</v>
+      </c>
+      <c r="F21" s="36"/>
+    </row>
+    <row r="22" spans="2:13" s="3" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B22" s="30" t="s">
+        <v>11</v>
+      </c>
+      <c r="C22" s="31"/>
+      <c r="D22" s="31"/>
+      <c r="E22" s="37">
+        <f>+E21</f>
+        <v>11391.50776</v>
+      </c>
+      <c r="F22" s="32"/>
+      <c r="G22"/>
+      <c r="H22" s="39"/>
+      <c r="I22" s="7"/>
+      <c r="J22" s="7"/>
+      <c r="K22" s="7"/>
+      <c r="L22" s="7"/>
+      <c r="M22" s="7"/>
     </row>
     <row r="23" spans="2:13" x14ac:dyDescent="0.2">
       <c r="B23"/>
       <c r="C23"/>
       <c r="D23"/>
       <c r="E23"/>
       <c r="F23"/>
     </row>
     <row r="24" spans="2:13" x14ac:dyDescent="0.2">
       <c r="B24"/>
       <c r="C24"/>
       <c r="D24"/>
       <c r="E24"/>
       <c r="F24"/>
     </row>
     <row r="25" spans="2:13" x14ac:dyDescent="0.2">
       <c r="B25"/>
       <c r="C25"/>
       <c r="D25"/>
       <c r="E25"/>
       <c r="F25"/>
     </row>
     <row r="26" spans="2:13" x14ac:dyDescent="0.2">
       <c r="B26"/>
       <c r="C26"/>
@@ -1565,72 +1647,72 @@
       <c r="E40"/>
       <c r="F40"/>
     </row>
     <row r="41" spans="1:6" x14ac:dyDescent="0.2">
       <c r="B41"/>
       <c r="C41"/>
       <c r="D41"/>
       <c r="E41"/>
       <c r="F41"/>
     </row>
     <row r="42" spans="1:6" x14ac:dyDescent="0.2">
       <c r="B42"/>
       <c r="C42"/>
       <c r="D42"/>
       <c r="E42"/>
       <c r="F42"/>
     </row>
     <row r="43" spans="1:6" x14ac:dyDescent="0.2">
       <c r="B43"/>
       <c r="C43"/>
       <c r="D43"/>
       <c r="E43"/>
       <c r="F43"/>
     </row>
     <row r="44" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A44" s="4"/>
       <c r="B44"/>
       <c r="C44"/>
       <c r="D44"/>
       <c r="E44"/>
       <c r="F44"/>
     </row>
     <row r="45" spans="1:6" x14ac:dyDescent="0.2">
       <c r="B45"/>
       <c r="C45"/>
       <c r="D45"/>
       <c r="E45"/>
       <c r="F45"/>
     </row>
     <row r="46" spans="1:6" x14ac:dyDescent="0.2">
       <c r="B46"/>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
       <c r="F46"/>
     </row>
     <row r="47" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A47" s="4"/>
       <c r="B47"/>
       <c r="C47"/>
       <c r="D47"/>
       <c r="E47"/>
       <c r="F47"/>
     </row>
     <row r="48" spans="1:6" x14ac:dyDescent="0.2">
       <c r="B48"/>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>
       <c r="F48"/>
     </row>
     <row r="49" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B49"/>
       <c r="C49"/>
       <c r="D49"/>
       <c r="E49"/>
       <c r="F49"/>
     </row>
     <row r="50" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B50"/>
       <c r="C50"/>
       <c r="D50"/>
       <c r="E50"/>
@@ -4953,53 +5035,74 @@
       <c r="D524"/>
       <c r="E524"/>
       <c r="F524"/>
     </row>
     <row r="525" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B525"/>
       <c r="C525"/>
       <c r="D525"/>
       <c r="E525"/>
       <c r="F525"/>
     </row>
     <row r="526" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B526"/>
       <c r="C526"/>
       <c r="D526"/>
       <c r="E526"/>
       <c r="F526"/>
     </row>
     <row r="527" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B527"/>
       <c r="C527"/>
       <c r="D527"/>
       <c r="E527"/>
       <c r="F527"/>
     </row>
+    <row r="528" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B528"/>
+      <c r="C528"/>
+      <c r="D528"/>
+      <c r="E528"/>
+      <c r="F528"/>
+    </row>
+    <row r="529" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B529"/>
+      <c r="C529"/>
+      <c r="D529"/>
+      <c r="E529"/>
+      <c r="F529"/>
+    </row>
+    <row r="530" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B530"/>
+      <c r="C530"/>
+      <c r="D530"/>
+      <c r="E530"/>
+      <c r="F530"/>
+    </row>
   </sheetData>
-  <conditionalFormatting sqref="F6:F152">
-    <cfRule type="expression" dxfId="0" priority="1">
+  <conditionalFormatting sqref="F6:F155">
+    <cfRule type="expression" dxfId="0" priority="2">
       <formula>AND(ISBLANK($F6)=FALSE(),$F6&lt;=3)</formula>
     </cfRule>
   </conditionalFormatting>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.31496062992125984" right="0.31496062992125984" top="0.73" bottom="0.35433070866141736" header="0.11811023622047245" footer="0.11811023622047245"/>
   <pageSetup paperSize="9" scale="80" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;G</oddHeader>
     <oddFooter>&amp;R&amp;P / &amp;N</oddFooter>
   </headerFooter>
   <legacyDrawingHF r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>