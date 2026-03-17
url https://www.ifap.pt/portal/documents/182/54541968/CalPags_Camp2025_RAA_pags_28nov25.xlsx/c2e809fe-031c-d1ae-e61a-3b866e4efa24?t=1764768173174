--- v0 (2025-12-06)
+++ v1 (2026-03-17)
@@ -1,613 +1,644 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29328"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="109" documentId="8_{38537600-ABED-436B-A783-0B2F4C8F1254}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{7777D74B-3D84-4292-8135-35F23F33B7A8}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <workbookPr defaultThemeVersion="124226"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://ifappt.sharepoint.com/sites/team.APEP2/Documentos Partilhados/General/PAGAMENTOS/Informacao_Portal/01CalPags/CalPags2025/01 Calendarios_publicados_no_Portal/Pagamentos/03 Dez25/"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="16" documentId="8_{6D977844-E90B-46D3-8377-3A2E97A07834}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{08AA03D2-5EED-4BDB-90F2-6C8DA813433F}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{8444109C-CC82-4B59-97A0-3ADE19E6374C}"/>
   </bookViews>
   <sheets>
-    <sheet name="CalPags - RAA" sheetId="2" r:id="rId1"/>
+    <sheet name="CalPags - RAA" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'CalPags - RAA'!$B$1:$F$44</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'CalPags - RAA'!$B$1:$F$54</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'CalPags - RAA'!$1:$3</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="E42" i="2" l="1"/>
-[...2 lines deleted...]
-  <c r="E44" i="2" l="1"/>
+  <c r="E52" i="1" l="1"/>
+  <c r="E53" i="1" s="1"/>
+  <c r="E42" i="1" l="1"/>
+  <c r="E24" i="1"/>
+  <c r="E54" i="1" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="90" uniqueCount="38">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="108" uniqueCount="43">
+  <si>
+    <t>CALENDÁRIO DE PAGAMENTOS - RAA</t>
+  </si>
+  <si>
+    <t>CAMPANHA 2025</t>
+  </si>
   <si>
     <t>AJUDA / APOIO</t>
   </si>
   <si>
     <t>Tipo de pagamento</t>
   </si>
   <si>
     <t>Pagamento efetuado a:</t>
   </si>
   <si>
     <t>Montante  
 (mil euros)</t>
   </si>
   <si>
-    <t>CALENDÁRIO DE PAGAMENTOS - RAA</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Nº Beneficiários </t>
   </si>
   <si>
     <t>OUTUBRO</t>
+  </si>
+  <si>
+    <t>PRORURAL M2.4.1 Investimentos para a utilização sustentável de terras florestais - Prémio à perda de rendimento</t>
+  </si>
+  <si>
+    <t>Adiantamento 85%</t>
+  </si>
+  <si>
+    <t>PRORURAL+ M8 Investimentos no desenvolvimento das zonas florestais e na melhoria da viabilidade das florestas - Prémio à perda de rendimento e prémio à manutenção</t>
+  </si>
+  <si>
+    <t>PRORURAL+ M13 Pagamentos relativos a zonas sujeitas a condicionantes naturais ou outras condicionantes específicas</t>
+  </si>
+  <si>
+    <t>PRORURAL+ M15.1 Pagamento de compromissos silvoambientais e climáticos</t>
+  </si>
+  <si>
+    <t>PEPAC E.10.2 Curraletas e lajidos da cultura da vinha</t>
+  </si>
+  <si>
+    <t>PEPAC E.10.5 Manutenção da extensificação da produção pecuária</t>
+  </si>
+  <si>
+    <t>PEPAC E.10.6 Proteção de raças autóctones</t>
+  </si>
+  <si>
+    <t>PEPAC E.10.7 Compensações a zonas agrícolas incluídas nos planos de gestão das bacias hidrográficas</t>
+  </si>
+  <si>
+    <t>PEPAC E.11.1 Compromissos Silvoambientais</t>
+  </si>
+  <si>
+    <t>PEPAC E.13.1 Compensação em Áreas Florestais Natura 2000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">POSEI 1.1 Produções animais - Prémio à vaca aleitante </t>
+  </si>
+  <si>
+    <t>Adiantamento 70%</t>
+  </si>
+  <si>
+    <t>POSEI 1.2.1 Produções animais - Prémio ao abate de bovinos - 1º semestre</t>
+  </si>
+  <si>
+    <t>POSEI 1.2.1 Produções animais - Prémio ao abate de bovinos - 1º semestre - componente nacional</t>
+  </si>
+  <si>
+    <t xml:space="preserve">POSEI 1.4 Produções animais - Prémio à vaca leiteira </t>
+  </si>
+  <si>
+    <t>POSEI 1.7 Produções animais - Prémio aos produtores de leite</t>
+  </si>
+  <si>
+    <t>POSEI 1.7 Produções animais - Prémio aos produtores de leite | Suplemento - componente nacional</t>
+  </si>
+  <si>
+    <t>POSEI 1.8.1 Produções animais - Ajuda ao transporte inter-ilhas de jovens bovinos - 1º semestre</t>
+  </si>
+  <si>
+    <t xml:space="preserve">POSEI 2.4 Produções vegetais - Ajuda à produção de ananás </t>
   </si>
   <si>
     <t>OUTUBRO Total</t>
   </si>
   <si>
     <t>NOVEMBRO</t>
   </si>
   <si>
-    <t>NOVEMBRO Total</t>
+    <t>PEPAC E.10.1  Agricultura Biológica Conversão e Manutenção</t>
   </si>
   <si>
-    <t>Adiantamento 70%</t>
-[...68 lines deleted...]
-    <t>PEPAC E.10.1  Agricultura Biológica Conversão e Manutenção</t>
+    <t>≤ 3</t>
   </si>
   <si>
     <t>PEPAC E.10.3 Conservação de pomares tradicionais dos Açores</t>
   </si>
   <si>
     <t>PEPAC E.10.4 Conservação de sebes vivas p/ a proteção de culturas hortofrutiflorícolas, plantas aromáticas e medicinais</t>
   </si>
   <si>
     <t>POSEI 1.5.1 Produções animais - Ajuda ao escoamento de jovens bovinos dos Açores  - 1º semestre</t>
   </si>
   <si>
-    <t>≤ 3</t>
+    <t>NOVEMBRO Total</t>
+  </si>
+  <si>
+    <t>2025 Total</t>
+  </si>
+  <si>
+    <t>CAMPANHA 2025 Total</t>
+  </si>
+  <si>
+    <t>DEZEMBRO</t>
+  </si>
+  <si>
+    <t>DEZEMBRO Total</t>
+  </si>
+  <si>
+    <t>Saldo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">POSEI 2.1 Produções vegetais - Ajuda aos produtores de culturas arvenses </t>
+  </si>
+  <si>
+    <t>100%</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="6">
-    <numFmt numFmtId="164" formatCode="_-* #,##0.00\ _€_-;\-* #,##0.00\ _€_-;_-* &quot;-&quot;??\ _€_-;_-@_-"/>
-[...4 lines deleted...]
-    <numFmt numFmtId="169" formatCode="#,##0.0"/>
+    <numFmt numFmtId="164" formatCode="#,##0______;"/>
+    <numFmt numFmtId="165" formatCode="[$-816]d/mmm/yy;@"/>
+    <numFmt numFmtId="166" formatCode="#,##0.0"/>
+    <numFmt numFmtId="167" formatCode="_-* #,##0.00\ _€_-;\-* #,##0.00\ _€_-;_-* &quot;-&quot;??\ _€_-;_-@_-"/>
+    <numFmt numFmtId="168" formatCode="#,##0_ ;\-#,##0\ "/>
+    <numFmt numFmtId="169" formatCode="_-* #,##0\ _€_-;\-* #,##0\ _€_-;_-* &quot;-&quot;??\ _€_-;_-@_-"/>
   </numFmts>
   <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="9"/>
+      <color theme="0"/>
+      <name val="Verdana"/>
+      <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="0" tint="-4.9989318521683403E-2"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
     <font>
-      <b/>
-[...5 lines deleted...]
-    <font>
       <sz val="9"/>
       <name val="Verdana"/>
-      <family val="2"/>
-[...10 lines deleted...]
-      <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <sz val="9"/>
-[...6 lines deleted...]
-      <sz val="9"/>
+      <sz val="11"/>
       <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
-      <color rgb="FFD9D9D9"/>
+      <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="9"/>
+      <color rgb="FFD9D9D9"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="9"/>
+      <color theme="0"/>
+      <name val="Arial"/>
+      <family val="2"/>
     </font>
   </fonts>
   <fills count="8">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <gradientFill degree="270">
         <stop position="0">
           <color theme="8"/>
         </stop>
         <stop position="1">
           <color theme="8" tint="-0.49803155613879818"/>
         </stop>
       </gradientFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFEAEAEA"/>
+        <bgColor theme="4" tint="-0.249977111117893"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFEAEAEA"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFEAEAEA"/>
-        <bgColor theme="4" tint="-0.249977111117893"/>
+        <fgColor theme="0"/>
+        <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor theme="0" tint="-0.14999847407452621"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF92CDDC"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
-    <fill>
-[...4 lines deleted...]
-    </fill>
   </fills>
   <borders count="8">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </right>
       <top style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </top>
       <bottom style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </left>
       <right style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </right>
       <top style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </top>
       <bottom style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </left>
       <right/>
       <top style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </top>
       <bottom style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right/>
-[...7 lines deleted...]
-      <left/>
       <right style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </right>
       <top/>
       <bottom style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </left>
       <right style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </right>
       <top/>
       <bottom style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="167" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="50">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment vertical="center"/>
+    <xf numFmtId="164" fontId="2" fillId="2" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="2" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="2" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="2" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="2"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="7" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="7" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="7" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="6" fillId="5" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="6" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="2"/>
     </xf>
-    <xf numFmtId="3" fontId="7" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="11" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="11" fillId="5" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="11" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="9" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="6" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="9" fillId="6" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="13" fillId="6" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="9" fillId="4" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="9" fillId="4" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="6" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="6" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="166" fontId="7" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="166" fontId="6" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="165" fontId="3" fillId="2" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="7" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="3" fillId="2" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="2" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="7" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="2" applyAlignment="1">
-[...15 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="168" fontId="14" fillId="7" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="7" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="9" fillId="5" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="169" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="168" fontId="14" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="11" fillId="5" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
-    </xf>
-[...48 lines deleted...]
-      <alignment vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
+    <cellStyle name="Normal 2" xfId="2" xr:uid="{EEFA7598-15FC-4A61-A756-9B337F16A858}"/>
     <cellStyle name="Vírgula" xfId="1" builtinId="3"/>
   </cellStyles>
-  <dxfs count="3">
+  <dxfs count="4">
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="5" tint="0.59996337778862885"/>
+        </patternFill>
+      </fill>
+    </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="5" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="5" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color auto="1"/>
       </font>
       <fill>
         <patternFill>
           <bgColor theme="5" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
@@ -899,1429 +930,1585 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
-  <dimension ref="A1:GT553"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4D865E26-B336-4BC8-882B-DE6393A6AD5E}">
+  <dimension ref="A1:GT563"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane ySplit="3" topLeftCell="A25" activePane="bottomLeft" state="frozen"/>
+      <pane ySplit="3" topLeftCell="A43" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="1.42578125" style="3" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="6" width="10.85546875" style="3" customWidth="1"/>
+    <col min="1" max="1" width="1.42578125" style="9" customWidth="1"/>
+    <col min="2" max="2" width="72.5703125" style="9" customWidth="1"/>
+    <col min="3" max="3" width="18.140625" style="9" customWidth="1"/>
+    <col min="4" max="4" width="14.42578125" style="9" customWidth="1"/>
+    <col min="5" max="5" width="12.140625" style="9" customWidth="1"/>
+    <col min="6" max="6" width="10.85546875" style="9" customWidth="1"/>
     <col min="7" max="7" width="11.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="10.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:202" s="1" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
-[...7 lines deleted...]
-        <v>24</v>
+    <row r="1" spans="2:202" s="3" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B1" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C1" s="1"/>
+      <c r="D1" s="2"/>
+      <c r="E1" s="2"/>
+      <c r="F1" s="2" t="s">
+        <v>1</v>
       </c>
       <c r="G1"/>
       <c r="H1"/>
       <c r="I1"/>
       <c r="J1"/>
       <c r="K1"/>
-      <c r="N1" s="2"/>
-[...194 lines deleted...]
-      <c r="F2" s="21"/>
+      <c r="N1" s="4"/>
+      <c r="O1" s="4"/>
+      <c r="P1" s="4"/>
+      <c r="Q1" s="4"/>
+      <c r="R1" s="4"/>
+      <c r="S1" s="4"/>
+      <c r="T1" s="4"/>
+      <c r="U1" s="4"/>
+      <c r="V1" s="4"/>
+      <c r="W1" s="4"/>
+      <c r="X1" s="4"/>
+      <c r="Y1" s="4"/>
+      <c r="Z1" s="4"/>
+      <c r="AA1" s="4"/>
+      <c r="AB1" s="4"/>
+      <c r="AC1" s="4"/>
+      <c r="AD1" s="4"/>
+      <c r="AE1" s="4"/>
+      <c r="AF1" s="4"/>
+      <c r="AG1" s="4"/>
+      <c r="AH1" s="4"/>
+      <c r="AI1" s="4"/>
+      <c r="AJ1" s="4"/>
+      <c r="AK1" s="4"/>
+      <c r="AL1" s="4"/>
+      <c r="AM1" s="4"/>
+      <c r="AN1" s="4"/>
+      <c r="AO1" s="4"/>
+      <c r="AP1" s="4"/>
+      <c r="AQ1" s="4"/>
+      <c r="AR1" s="4"/>
+      <c r="AS1" s="4"/>
+      <c r="AT1" s="4"/>
+      <c r="AU1" s="4"/>
+      <c r="AV1" s="4"/>
+      <c r="AW1" s="4"/>
+      <c r="AX1" s="4"/>
+      <c r="AY1" s="4"/>
+      <c r="AZ1" s="4"/>
+      <c r="BA1" s="4"/>
+      <c r="BB1" s="4"/>
+      <c r="BC1" s="4"/>
+      <c r="BD1" s="4"/>
+      <c r="BE1" s="4"/>
+      <c r="BF1" s="4"/>
+      <c r="BG1" s="4"/>
+      <c r="BH1" s="4"/>
+      <c r="BI1" s="4"/>
+      <c r="BJ1" s="4"/>
+      <c r="BK1" s="4"/>
+      <c r="BL1" s="4"/>
+      <c r="BM1" s="4"/>
+      <c r="BN1" s="4"/>
+      <c r="BO1" s="4"/>
+      <c r="BP1" s="4"/>
+      <c r="BQ1" s="4"/>
+      <c r="BR1" s="4"/>
+      <c r="BS1" s="4"/>
+      <c r="BT1" s="4"/>
+      <c r="BU1" s="4"/>
+      <c r="BV1" s="4"/>
+      <c r="BW1" s="4"/>
+      <c r="BX1" s="4"/>
+      <c r="BY1" s="4"/>
+      <c r="BZ1" s="4"/>
+      <c r="CA1" s="4"/>
+      <c r="CB1" s="4"/>
+      <c r="CC1" s="4"/>
+      <c r="CD1" s="4"/>
+      <c r="CE1" s="4"/>
+      <c r="CF1" s="4"/>
+      <c r="CG1" s="4"/>
+      <c r="CH1" s="4"/>
+      <c r="CI1" s="4"/>
+      <c r="CJ1" s="4"/>
+      <c r="CK1" s="4"/>
+      <c r="CL1" s="4"/>
+      <c r="CM1" s="4"/>
+      <c r="CN1" s="4"/>
+      <c r="CO1" s="4"/>
+      <c r="CP1" s="4"/>
+      <c r="CQ1" s="4"/>
+      <c r="CR1" s="4"/>
+      <c r="CS1" s="4"/>
+      <c r="CT1" s="4"/>
+      <c r="CU1" s="4"/>
+      <c r="CV1" s="4"/>
+      <c r="CW1" s="4"/>
+      <c r="CX1" s="4"/>
+      <c r="CY1" s="4"/>
+      <c r="CZ1" s="4"/>
+      <c r="DA1" s="4"/>
+      <c r="DB1" s="4"/>
+      <c r="DC1" s="4"/>
+      <c r="DD1" s="4"/>
+      <c r="DE1" s="4"/>
+      <c r="DF1" s="4"/>
+      <c r="DG1" s="4"/>
+      <c r="DH1" s="4"/>
+      <c r="DI1" s="4"/>
+      <c r="DJ1" s="4"/>
+      <c r="DK1" s="4"/>
+      <c r="DL1" s="4"/>
+      <c r="DM1" s="4"/>
+      <c r="DN1" s="4"/>
+      <c r="DO1" s="4"/>
+      <c r="DP1" s="4"/>
+      <c r="DQ1" s="4"/>
+      <c r="DR1" s="4"/>
+      <c r="DS1" s="4"/>
+      <c r="DT1" s="4"/>
+      <c r="DU1" s="4"/>
+      <c r="DV1" s="4"/>
+      <c r="DW1" s="4"/>
+      <c r="DX1" s="4"/>
+      <c r="DY1" s="4"/>
+      <c r="DZ1" s="4"/>
+      <c r="EA1" s="4"/>
+      <c r="EB1" s="4"/>
+      <c r="EC1" s="4"/>
+      <c r="ED1" s="4"/>
+      <c r="EE1" s="4"/>
+      <c r="EF1" s="4"/>
+      <c r="EG1" s="4"/>
+      <c r="EH1" s="4"/>
+      <c r="EI1" s="4"/>
+      <c r="EJ1" s="4"/>
+      <c r="EK1" s="4"/>
+      <c r="EL1" s="4"/>
+      <c r="EM1" s="4"/>
+      <c r="EN1" s="4"/>
+      <c r="EO1" s="4"/>
+      <c r="EP1" s="4"/>
+      <c r="EQ1" s="4"/>
+      <c r="ER1" s="4"/>
+      <c r="ES1" s="4"/>
+      <c r="ET1" s="4"/>
+      <c r="EU1" s="4"/>
+      <c r="EV1" s="4"/>
+      <c r="EW1" s="4"/>
+      <c r="EX1" s="4"/>
+      <c r="EY1" s="4"/>
+      <c r="EZ1" s="4"/>
+      <c r="FA1" s="4"/>
+      <c r="FB1" s="4"/>
+      <c r="FC1" s="4"/>
+      <c r="FD1" s="4"/>
+      <c r="FE1" s="4"/>
+      <c r="FF1" s="4"/>
+      <c r="FG1" s="4"/>
+      <c r="FH1" s="4"/>
+      <c r="FI1" s="4"/>
+      <c r="FJ1" s="4"/>
+      <c r="FK1" s="4"/>
+      <c r="FL1" s="4"/>
+      <c r="FM1" s="4"/>
+      <c r="FN1" s="4"/>
+      <c r="FO1" s="4"/>
+      <c r="FP1" s="4"/>
+      <c r="FQ1" s="4"/>
+      <c r="FR1" s="4"/>
+      <c r="FS1" s="4"/>
+      <c r="FT1" s="4"/>
+      <c r="FU1" s="4"/>
+      <c r="FV1" s="4"/>
+      <c r="FW1" s="4"/>
+      <c r="FX1" s="4"/>
+      <c r="FY1" s="4"/>
+      <c r="FZ1" s="4"/>
+      <c r="GA1" s="4"/>
+      <c r="GB1" s="4"/>
+      <c r="GC1" s="4"/>
+      <c r="GD1" s="4"/>
+      <c r="GE1" s="4"/>
+      <c r="GF1" s="4"/>
+      <c r="GG1" s="4"/>
+      <c r="GH1" s="4"/>
+      <c r="GI1" s="4"/>
+      <c r="GJ1" s="4"/>
+      <c r="GK1" s="4"/>
+      <c r="GL1" s="4"/>
+      <c r="GM1" s="4"/>
+      <c r="GN1" s="4"/>
+      <c r="GO1" s="4"/>
+      <c r="GP1" s="4"/>
+      <c r="GQ1" s="4"/>
+      <c r="GR1" s="4"/>
+      <c r="GS1" s="4"/>
+      <c r="GT1" s="4"/>
+    </row>
+    <row r="2" spans="2:202" s="9" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B2" s="5"/>
+      <c r="C2" s="6"/>
+      <c r="D2" s="7"/>
+      <c r="E2" s="7"/>
+      <c r="F2" s="7"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2"/>
       <c r="K2"/>
-      <c r="L2" s="5"/>
-[...8 lines deleted...]
-      <c r="D3" s="23" t="s">
+      <c r="L2" s="8"/>
+    </row>
+    <row r="3" spans="2:202" s="15" customFormat="1" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="B3" s="10" t="s">
         <v>2</v>
       </c>
-      <c r="E3" s="24" t="s">
+      <c r="C3" s="11" t="s">
         <v>3</v>
       </c>
-      <c r="F3" s="24" t="s">
+      <c r="D3" s="11" t="s">
+        <v>4</v>
+      </c>
+      <c r="E3" s="12" t="s">
         <v>5</v>
       </c>
+      <c r="F3" s="12" t="s">
+        <v>6</v>
+      </c>
       <c r="G3"/>
-      <c r="H3" s="7"/>
-[...7 lines deleted...]
-      <c r="B4" s="31">
+      <c r="H3" s="13"/>
+      <c r="I3" s="13"/>
+      <c r="J3" s="13"/>
+      <c r="K3" s="13"/>
+      <c r="L3" s="14"/>
+      <c r="M3" s="14"/>
+    </row>
+    <row r="4" spans="2:202" s="9" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="B4" s="16">
         <v>2025</v>
       </c>
-      <c r="C4" s="32"/>
-[...2 lines deleted...]
-      <c r="F4" s="33"/>
+      <c r="C4" s="17"/>
+      <c r="D4" s="17"/>
+      <c r="E4" s="17"/>
+      <c r="F4" s="18"/>
       <c r="G4"/>
-      <c r="H4" s="7"/>
-[...13 lines deleted...]
-      <c r="F5" s="26"/>
+      <c r="H4" s="13"/>
+      <c r="I4" s="13"/>
+      <c r="J4" s="13"/>
+      <c r="K4" s="13"/>
+      <c r="L4" s="13"/>
+      <c r="M4" s="13"/>
+    </row>
+    <row r="5" spans="2:202" s="9" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B5" s="19" t="s">
+        <v>7</v>
+      </c>
+      <c r="C5" s="20"/>
+      <c r="D5" s="20"/>
+      <c r="E5" s="20"/>
+      <c r="F5" s="21"/>
       <c r="G5"/>
-      <c r="H5" s="7"/>
-[...7 lines deleted...]
-      <c r="B6" s="13" t="s">
+      <c r="H5" s="13"/>
+      <c r="I5" s="13"/>
+      <c r="J5" s="13"/>
+      <c r="K5" s="13"/>
+      <c r="L5" s="13"/>
+      <c r="M5" s="13"/>
+    </row>
+    <row r="6" spans="2:202" s="9" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B6" s="22" t="s">
+        <v>8</v>
+      </c>
+      <c r="C6" s="23" t="s">
+        <v>9</v>
+      </c>
+      <c r="D6" s="24">
+        <v>45961</v>
+      </c>
+      <c r="E6" s="25">
+        <v>53.780379999999994</v>
+      </c>
+      <c r="F6" s="26">
         <v>12</v>
       </c>
-      <c r="C6" s="16" t="s">
+      <c r="G6"/>
+      <c r="H6" s="13"/>
+      <c r="I6" s="13"/>
+      <c r="J6" s="13"/>
+      <c r="K6" s="13"/>
+      <c r="L6" s="13"/>
+      <c r="M6" s="13"/>
+    </row>
+    <row r="7" spans="2:202" s="9" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B7" s="22" t="s">
+        <v>10</v>
+      </c>
+      <c r="C7" s="23" t="s">
+        <v>9</v>
+      </c>
+      <c r="D7" s="24">
+        <v>45961</v>
+      </c>
+      <c r="E7" s="25">
+        <v>81.517589999999998</v>
+      </c>
+      <c r="F7" s="26">
+        <v>27</v>
+      </c>
+      <c r="G7"/>
+      <c r="H7" s="13"/>
+      <c r="I7" s="13"/>
+      <c r="J7" s="13"/>
+      <c r="K7" s="13"/>
+      <c r="L7" s="13"/>
+      <c r="M7" s="13"/>
+    </row>
+    <row r="8" spans="2:202" s="9" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B8" s="22" t="s">
         <v>11</v>
       </c>
-      <c r="D6" s="15">
+      <c r="C8" s="23" t="s">
+        <v>9</v>
+      </c>
+      <c r="D8" s="24">
         <v>45961</v>
       </c>
-      <c r="E6" s="39">
-[...2 lines deleted...]
-      <c r="F6" s="12">
+      <c r="E8" s="25">
+        <v>13560.87077</v>
+      </c>
+      <c r="F8" s="26">
+        <v>6762</v>
+      </c>
+      <c r="G8"/>
+      <c r="H8" s="13"/>
+      <c r="I8" s="13"/>
+      <c r="J8" s="13"/>
+      <c r="K8" s="13"/>
+      <c r="L8" s="13"/>
+      <c r="M8" s="13"/>
+    </row>
+    <row r="9" spans="2:202" s="9" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B9" s="27" t="s">
         <v>12</v>
       </c>
-      <c r="G6"/>
-[...8 lines deleted...]
-      <c r="B7" s="13" t="s">
+      <c r="C9" s="28" t="s">
+        <v>9</v>
+      </c>
+      <c r="D9" s="29">
+        <v>45961</v>
+      </c>
+      <c r="E9" s="30">
+        <v>115.6153</v>
+      </c>
+      <c r="F9" s="31">
+        <v>9</v>
+      </c>
+      <c r="G9" s="32"/>
+      <c r="H9" s="13"/>
+      <c r="I9" s="13"/>
+      <c r="J9" s="13"/>
+      <c r="K9" s="13"/>
+      <c r="L9" s="13"/>
+      <c r="M9" s="13"/>
+    </row>
+    <row r="10" spans="2:202" s="9" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B10" s="22" t="s">
         <v>13</v>
       </c>
-      <c r="C7" s="16" t="s">
-[...2 lines deleted...]
-      <c r="D7" s="15">
+      <c r="C10" s="23" t="s">
+        <v>9</v>
+      </c>
+      <c r="D10" s="24">
         <v>45961</v>
       </c>
-      <c r="E7" s="39">
-[...2 lines deleted...]
-      <c r="F7" s="12">
+      <c r="E10" s="25">
+        <v>717.59622999999999</v>
+      </c>
+      <c r="F10" s="26">
+        <v>642</v>
+      </c>
+      <c r="G10"/>
+      <c r="H10" s="13"/>
+      <c r="I10" s="13"/>
+      <c r="J10" s="13"/>
+      <c r="K10" s="13"/>
+      <c r="L10" s="13"/>
+      <c r="M10" s="13"/>
+    </row>
+    <row r="11" spans="2:202" s="9" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B11" s="22" t="s">
+        <v>14</v>
+      </c>
+      <c r="C11" s="23" t="s">
+        <v>9</v>
+      </c>
+      <c r="D11" s="24">
+        <v>45961</v>
+      </c>
+      <c r="E11" s="25">
+        <v>6863.8813999999993</v>
+      </c>
+      <c r="F11" s="26">
+        <v>1395</v>
+      </c>
+      <c r="G11"/>
+      <c r="H11" s="13"/>
+      <c r="I11" s="13"/>
+      <c r="J11" s="13"/>
+      <c r="K11" s="13"/>
+      <c r="L11" s="13"/>
+      <c r="M11" s="13"/>
+    </row>
+    <row r="12" spans="2:202" s="9" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B12" s="22" t="s">
+        <v>15</v>
+      </c>
+      <c r="C12" s="23" t="s">
+        <v>9</v>
+      </c>
+      <c r="D12" s="24">
+        <v>45961</v>
+      </c>
+      <c r="E12" s="25">
+        <v>302.95699999999999</v>
+      </c>
+      <c r="F12" s="26">
+        <v>164</v>
+      </c>
+      <c r="G12"/>
+      <c r="H12" s="13"/>
+      <c r="I12" s="13"/>
+      <c r="J12" s="13"/>
+      <c r="K12" s="13"/>
+      <c r="L12" s="13"/>
+      <c r="M12" s="13"/>
+    </row>
+    <row r="13" spans="2:202" s="9" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B13" s="22" t="s">
+        <v>16</v>
+      </c>
+      <c r="C13" s="23" t="s">
+        <v>9</v>
+      </c>
+      <c r="D13" s="24">
+        <v>45961</v>
+      </c>
+      <c r="E13" s="25">
+        <v>154.4076</v>
+      </c>
+      <c r="F13" s="26">
+        <v>4</v>
+      </c>
+      <c r="G13"/>
+      <c r="H13" s="13"/>
+      <c r="I13" s="13"/>
+      <c r="J13" s="13"/>
+      <c r="K13" s="13"/>
+      <c r="L13" s="13"/>
+      <c r="M13" s="13"/>
+    </row>
+    <row r="14" spans="2:202" s="9" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B14" s="27" t="s">
+        <v>17</v>
+      </c>
+      <c r="C14" s="28" t="s">
+        <v>9</v>
+      </c>
+      <c r="D14" s="29">
+        <v>45961</v>
+      </c>
+      <c r="E14" s="30">
+        <v>209.53715</v>
+      </c>
+      <c r="F14" s="31">
+        <v>43</v>
+      </c>
+      <c r="G14" s="32"/>
+      <c r="H14" s="13"/>
+      <c r="I14" s="13"/>
+      <c r="J14" s="13"/>
+      <c r="K14" s="13"/>
+      <c r="L14" s="13"/>
+      <c r="M14" s="13"/>
+    </row>
+    <row r="15" spans="2:202" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B15" s="27" t="s">
+        <v>18</v>
+      </c>
+      <c r="C15" s="28" t="s">
+        <v>9</v>
+      </c>
+      <c r="D15" s="29">
+        <v>45961</v>
+      </c>
+      <c r="E15" s="30">
+        <v>135.12535</v>
+      </c>
+      <c r="F15" s="31">
+        <v>18</v>
+      </c>
+      <c r="G15" s="32"/>
+      <c r="H15" s="13"/>
+      <c r="I15" s="13"/>
+      <c r="J15" s="13"/>
+      <c r="K15" s="13"/>
+      <c r="L15" s="13"/>
+      <c r="M15" s="13"/>
+    </row>
+    <row r="16" spans="2:202" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B16" s="22" t="s">
+        <v>19</v>
+      </c>
+      <c r="C16" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" s="24">
+        <v>45961</v>
+      </c>
+      <c r="E16" s="25">
+        <v>7930.8108600000005</v>
+      </c>
+      <c r="F16" s="26">
+        <v>2074</v>
+      </c>
+      <c r="G16"/>
+      <c r="H16" s="13"/>
+      <c r="I16" s="13"/>
+      <c r="J16" s="13"/>
+      <c r="K16" s="13"/>
+      <c r="L16" s="13"/>
+      <c r="M16" s="13"/>
+    </row>
+    <row r="17" spans="2:13" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B17" s="22" t="s">
+        <v>21</v>
+      </c>
+      <c r="C17" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" s="24">
+        <v>45961</v>
+      </c>
+      <c r="E17" s="25">
+        <v>4130.4346999999998</v>
+      </c>
+      <c r="F17" s="26">
+        <v>4451</v>
+      </c>
+      <c r="G17"/>
+      <c r="H17" s="13"/>
+      <c r="I17" s="13"/>
+      <c r="J17" s="13"/>
+      <c r="K17" s="13"/>
+      <c r="L17" s="13"/>
+      <c r="M17" s="13"/>
+    </row>
+    <row r="18" spans="2:13" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B18" s="22" t="s">
+        <v>22</v>
+      </c>
+      <c r="C18" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" s="24">
+        <v>45961</v>
+      </c>
+      <c r="E18" s="25">
+        <v>969.21356000000003</v>
+      </c>
+      <c r="F18" s="26">
+        <v>824</v>
+      </c>
+      <c r="G18"/>
+      <c r="H18" s="13"/>
+      <c r="I18" s="13"/>
+      <c r="J18" s="13"/>
+      <c r="K18" s="13"/>
+      <c r="L18" s="13"/>
+      <c r="M18" s="13"/>
+    </row>
+    <row r="19" spans="2:13" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B19" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="C19" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" s="24">
+        <v>45961</v>
+      </c>
+      <c r="E19" s="25">
+        <v>8595.5006999999987</v>
+      </c>
+      <c r="F19" s="26">
+        <v>2051</v>
+      </c>
+      <c r="G19"/>
+      <c r="H19" s="13"/>
+      <c r="I19" s="13"/>
+      <c r="J19" s="13"/>
+      <c r="K19" s="13"/>
+      <c r="L19" s="13"/>
+      <c r="M19" s="13"/>
+    </row>
+    <row r="20" spans="2:13" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B20" s="22" t="s">
+        <v>24</v>
+      </c>
+      <c r="C20" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" s="24">
+        <v>45961</v>
+      </c>
+      <c r="E20" s="25">
+        <v>16017.52952</v>
+      </c>
+      <c r="F20" s="26">
+        <v>2101</v>
+      </c>
+      <c r="G20"/>
+      <c r="H20" s="13"/>
+      <c r="I20" s="13"/>
+      <c r="J20" s="13"/>
+      <c r="K20" s="13"/>
+      <c r="L20" s="13"/>
+      <c r="M20" s="13"/>
+    </row>
+    <row r="21" spans="2:13" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B21" s="22" t="s">
+        <v>25</v>
+      </c>
+      <c r="C21" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" s="24">
+        <v>45961</v>
+      </c>
+      <c r="E21" s="25">
+        <v>2808.4688900000001</v>
+      </c>
+      <c r="F21" s="26">
+        <v>2086</v>
+      </c>
+      <c r="G21"/>
+      <c r="H21" s="13"/>
+      <c r="I21" s="13"/>
+      <c r="J21" s="13"/>
+      <c r="K21" s="13"/>
+      <c r="L21" s="13"/>
+      <c r="M21" s="13"/>
+    </row>
+    <row r="22" spans="2:13" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B22" s="22" t="s">
+        <v>26</v>
+      </c>
+      <c r="C22" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" s="24">
+        <v>45961</v>
+      </c>
+      <c r="E22" s="25">
+        <v>29.715</v>
+      </c>
+      <c r="F22" s="26">
+        <v>87</v>
+      </c>
+      <c r="G22"/>
+      <c r="H22" s="13"/>
+      <c r="I22" s="13"/>
+      <c r="J22" s="13"/>
+      <c r="K22" s="13"/>
+      <c r="L22" s="13"/>
+      <c r="M22" s="13"/>
+    </row>
+    <row r="23" spans="2:13" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B23" s="22" t="s">
         <v>27</v>
       </c>
-      <c r="G7"/>
-[...14 lines deleted...]
-      <c r="D8" s="15">
+      <c r="C23" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" s="24">
         <v>45961</v>
       </c>
-      <c r="E8" s="39">
-[...86 lines deleted...]
-      <c r="B12" s="13" t="s">
+      <c r="E23" s="25">
+        <v>2195.5007300000002</v>
+      </c>
+      <c r="F23" s="26">
+        <v>195</v>
+      </c>
+      <c r="G23"/>
+      <c r="H23" s="13"/>
+      <c r="I23" s="13"/>
+      <c r="J23" s="13"/>
+      <c r="K23" s="13"/>
+      <c r="L23" s="13"/>
+      <c r="M23" s="13"/>
+    </row>
+    <row r="24" spans="2:13" s="9" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B24" s="33" t="s">
         <v>28</v>
       </c>
-      <c r="C12" s="16" t="s">
-[...289 lines deleted...]
-      <c r="E24" s="29">
+      <c r="C24" s="34"/>
+      <c r="D24" s="34"/>
+      <c r="E24" s="35">
         <f>SUM(E6:E23)</f>
         <v>64872.462729999985</v>
       </c>
-      <c r="F24" s="30"/>
+      <c r="F24" s="36"/>
       <c r="G24"/>
-      <c r="H24" s="7"/>
-[...7 lines deleted...]
-      <c r="B25" s="9" t="s">
+      <c r="H24" s="13"/>
+      <c r="I24" s="13"/>
+      <c r="J24" s="13"/>
+      <c r="K24" s="13"/>
+      <c r="L24" s="13"/>
+      <c r="M24" s="13"/>
+    </row>
+    <row r="25" spans="2:13" s="9" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B25" s="19" t="s">
+        <v>29</v>
+      </c>
+      <c r="C25" s="20"/>
+      <c r="D25" s="20"/>
+      <c r="E25" s="37"/>
+      <c r="F25" s="38"/>
+      <c r="G25"/>
+      <c r="H25" s="13"/>
+      <c r="I25" s="13"/>
+      <c r="J25" s="13"/>
+      <c r="K25" s="13"/>
+      <c r="L25" s="13"/>
+      <c r="M25" s="13"/>
+    </row>
+    <row r="26" spans="2:13" s="9" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B26" s="22" t="s">
+        <v>11</v>
+      </c>
+      <c r="C26" s="39" t="s">
+        <v>9</v>
+      </c>
+      <c r="D26" s="24">
+        <v>45989</v>
+      </c>
+      <c r="E26" s="40">
+        <v>16.821860000000001</v>
+      </c>
+      <c r="F26" s="41">
+        <v>6</v>
+      </c>
+      <c r="G26"/>
+      <c r="H26" s="13"/>
+      <c r="I26" s="13"/>
+      <c r="J26" s="13"/>
+      <c r="K26" s="13"/>
+      <c r="L26" s="13"/>
+      <c r="M26" s="13"/>
+    </row>
+    <row r="27" spans="2:13" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B27" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="C27" s="39" t="s">
+        <v>9</v>
+      </c>
+      <c r="D27" s="24">
+        <v>45989</v>
+      </c>
+      <c r="E27" s="40">
+        <v>1293.3569299999999</v>
+      </c>
+      <c r="F27" s="41">
+        <v>174</v>
+      </c>
+      <c r="G27"/>
+      <c r="H27" s="13"/>
+      <c r="I27" s="13"/>
+      <c r="J27" s="13"/>
+      <c r="K27" s="13"/>
+      <c r="L27" s="13"/>
+      <c r="M27" s="13"/>
+    </row>
+    <row r="28" spans="2:13" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B28" s="22" t="s">
+        <v>13</v>
+      </c>
+      <c r="C28" s="39" t="s">
+        <v>9</v>
+      </c>
+      <c r="D28" s="24">
+        <v>45989</v>
+      </c>
+      <c r="E28" s="40">
+        <v>16.401599999999998</v>
+      </c>
+      <c r="F28" s="41" t="s">
+        <v>31</v>
+      </c>
+      <c r="G28"/>
+      <c r="H28" s="13"/>
+      <c r="I28" s="13"/>
+      <c r="J28" s="13"/>
+      <c r="K28" s="13"/>
+      <c r="L28" s="13"/>
+      <c r="M28" s="13"/>
+    </row>
+    <row r="29" spans="2:13" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B29" s="22" t="s">
+        <v>32</v>
+      </c>
+      <c r="C29" s="39" t="s">
+        <v>9</v>
+      </c>
+      <c r="D29" s="24">
+        <v>45989</v>
+      </c>
+      <c r="E29" s="40">
+        <v>308.92942999999997</v>
+      </c>
+      <c r="F29" s="41">
+        <v>570</v>
+      </c>
+      <c r="G29"/>
+      <c r="H29" s="13"/>
+      <c r="I29" s="13"/>
+      <c r="J29" s="13"/>
+      <c r="K29" s="13"/>
+      <c r="L29" s="13"/>
+      <c r="M29" s="13"/>
+    </row>
+    <row r="30" spans="2:13" s="9" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B30" s="22" t="s">
+        <v>33</v>
+      </c>
+      <c r="C30" s="39" t="s">
+        <v>9</v>
+      </c>
+      <c r="D30" s="24">
+        <v>45989</v>
+      </c>
+      <c r="E30" s="40">
+        <v>50.93732</v>
+      </c>
+      <c r="F30" s="41">
+        <v>111</v>
+      </c>
+      <c r="G30"/>
+      <c r="H30" s="13"/>
+      <c r="I30" s="13"/>
+      <c r="J30" s="13"/>
+      <c r="K30" s="13"/>
+      <c r="L30" s="13"/>
+      <c r="M30" s="13"/>
+    </row>
+    <row r="31" spans="2:13" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B31" s="22" t="s">
+        <v>14</v>
+      </c>
+      <c r="C31" s="39" t="s">
+        <v>9</v>
+      </c>
+      <c r="D31" s="24">
+        <v>45989</v>
+      </c>
+      <c r="E31" s="40">
+        <v>15.44102</v>
+      </c>
+      <c r="F31" s="41" t="s">
+        <v>31</v>
+      </c>
+      <c r="G31"/>
+      <c r="H31" s="13"/>
+      <c r="I31" s="13"/>
+      <c r="J31" s="13"/>
+      <c r="K31" s="13"/>
+      <c r="L31" s="13"/>
+      <c r="M31" s="13"/>
+    </row>
+    <row r="32" spans="2:13" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B32" s="22" t="s">
+        <v>15</v>
+      </c>
+      <c r="C32" s="39" t="s">
+        <v>9</v>
+      </c>
+      <c r="D32" s="24">
+        <v>45989</v>
+      </c>
+      <c r="E32" s="42">
+        <v>0.42499999999999999</v>
+      </c>
+      <c r="F32" s="41" t="s">
+        <v>31</v>
+      </c>
+      <c r="G32"/>
+      <c r="H32" s="13"/>
+      <c r="I32" s="13"/>
+      <c r="J32" s="13"/>
+      <c r="K32" s="13"/>
+      <c r="L32" s="13"/>
+      <c r="M32" s="13"/>
+    </row>
+    <row r="33" spans="2:13" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B33" s="22" t="s">
+        <v>19</v>
+      </c>
+      <c r="C33" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" s="24">
+        <v>45989</v>
+      </c>
+      <c r="E33" s="42">
+        <v>0.63</v>
+      </c>
+      <c r="F33" s="41" t="s">
+        <v>31</v>
+      </c>
+      <c r="G33"/>
+      <c r="H33" s="13"/>
+      <c r="I33" s="13"/>
+      <c r="J33" s="13"/>
+      <c r="K33" s="13"/>
+      <c r="L33" s="13"/>
+      <c r="M33" s="13"/>
+    </row>
+    <row r="34" spans="2:13" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B34" s="22" t="s">
+        <v>21</v>
+      </c>
+      <c r="C34" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D34" s="24">
+        <v>45989</v>
+      </c>
+      <c r="E34" s="40">
+        <v>3.24268</v>
+      </c>
+      <c r="F34" s="41">
         <v>8</v>
       </c>
-      <c r="C25" s="10"/>
-[...12 lines deleted...]
-      <c r="B26" s="13" t="s">
+      <c r="G34"/>
+      <c r="H34" s="13"/>
+      <c r="I34" s="13"/>
+      <c r="J34" s="13"/>
+      <c r="K34" s="13"/>
+      <c r="L34" s="13"/>
+      <c r="M34" s="13"/>
+    </row>
+    <row r="35" spans="2:13" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B35" s="22" t="s">
+        <v>22</v>
+      </c>
+      <c r="C35" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D35" s="24">
+        <v>45989</v>
+      </c>
+      <c r="E35" s="42">
+        <v>0.16632</v>
+      </c>
+      <c r="F35" s="41" t="s">
+        <v>31</v>
+      </c>
+      <c r="G35"/>
+      <c r="H35" s="13"/>
+      <c r="I35" s="13"/>
+      <c r="J35" s="13"/>
+      <c r="K35" s="13"/>
+      <c r="L35" s="13"/>
+      <c r="M35" s="13"/>
+    </row>
+    <row r="36" spans="2:13" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B36" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="C36" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" s="24">
+        <v>45989</v>
+      </c>
+      <c r="E36" s="40">
+        <v>7.1924999999999999</v>
+      </c>
+      <c r="F36" s="41" t="s">
+        <v>31</v>
+      </c>
+      <c r="G36"/>
+      <c r="H36" s="13"/>
+      <c r="I36" s="13"/>
+      <c r="J36" s="13"/>
+      <c r="K36" s="13"/>
+      <c r="L36" s="13"/>
+      <c r="M36" s="13"/>
+    </row>
+    <row r="37" spans="2:13" s="9" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B37" s="22" t="s">
+        <v>34</v>
+      </c>
+      <c r="C37" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D37" s="24">
+        <v>45963</v>
+      </c>
+      <c r="E37" s="40">
+        <v>257.52524</v>
+      </c>
+      <c r="F37" s="41">
+        <v>595</v>
+      </c>
+      <c r="G37"/>
+      <c r="H37" s="13"/>
+      <c r="I37" s="13"/>
+      <c r="J37" s="13"/>
+      <c r="K37" s="13"/>
+      <c r="L37" s="13"/>
+      <c r="M37" s="13"/>
+    </row>
+    <row r="38" spans="2:13" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B38" s="22" t="s">
+        <v>24</v>
+      </c>
+      <c r="C38" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D38" s="24">
+        <v>45989</v>
+      </c>
+      <c r="E38" s="40">
+        <v>11.729709999999999</v>
+      </c>
+      <c r="F38" s="41" t="s">
+        <v>31</v>
+      </c>
+      <c r="G38"/>
+      <c r="H38" s="13"/>
+      <c r="I38" s="13"/>
+      <c r="J38" s="13"/>
+      <c r="K38" s="13"/>
+      <c r="L38" s="13"/>
+      <c r="M38" s="13"/>
+    </row>
+    <row r="39" spans="2:13" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B39" s="22" t="s">
+        <v>25</v>
+      </c>
+      <c r="C39" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D39" s="24">
+        <v>45989</v>
+      </c>
+      <c r="E39" s="40">
+        <v>1.3856700000000002</v>
+      </c>
+      <c r="F39" s="41" t="s">
+        <v>31</v>
+      </c>
+      <c r="G39"/>
+      <c r="H39" s="13"/>
+      <c r="I39" s="13"/>
+      <c r="J39" s="13"/>
+      <c r="K39" s="13"/>
+      <c r="L39" s="13"/>
+      <c r="M39" s="13"/>
+    </row>
+    <row r="40" spans="2:13" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B40" s="22" t="s">
+        <v>26</v>
+      </c>
+      <c r="C40" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D40" s="24">
+        <v>45989</v>
+      </c>
+      <c r="E40" s="40">
+        <v>2.3450000000000002</v>
+      </c>
+      <c r="F40" s="41">
+        <v>13</v>
+      </c>
+      <c r="G40"/>
+      <c r="H40" s="13"/>
+      <c r="I40" s="13"/>
+      <c r="J40" s="13"/>
+      <c r="K40" s="13"/>
+      <c r="L40" s="13"/>
+      <c r="M40" s="13"/>
+    </row>
+    <row r="41" spans="2:13" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B41" s="22" t="s">
         <v>27</v>
       </c>
-      <c r="C26" s="25" t="s">
-[...2 lines deleted...]
-      <c r="D26" s="15">
+      <c r="C41" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D41" s="24">
         <v>45989</v>
       </c>
-      <c r="E26" s="11">
-[...86 lines deleted...]
-      <c r="B30" s="13" t="s">
+      <c r="E41" s="40">
+        <v>11.5878</v>
+      </c>
+      <c r="F41" s="41" t="s">
+        <v>31</v>
+      </c>
+      <c r="G41"/>
+      <c r="H41" s="13"/>
+      <c r="I41" s="13"/>
+      <c r="J41" s="13"/>
+      <c r="K41" s="13"/>
+      <c r="L41" s="13"/>
+      <c r="M41" s="13"/>
+    </row>
+    <row r="42" spans="2:13" s="9" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B42" s="33" t="s">
         <v>35</v>
       </c>
-      <c r="C30" s="25" t="s">
-[...289 lines deleted...]
-      <c r="E42" s="29">
+      <c r="C42" s="34"/>
+      <c r="D42" s="34"/>
+      <c r="E42" s="35">
         <f>SUM(E26:E41)</f>
         <v>1998.11808</v>
       </c>
-      <c r="F42" s="30"/>
+      <c r="F42" s="36"/>
       <c r="G42"/>
-      <c r="H42" s="7"/>
-[...7 lines deleted...]
-      <c r="B43" s="34" t="s">
+      <c r="H42" s="13"/>
+      <c r="I42" s="13"/>
+      <c r="J42" s="13"/>
+      <c r="K42" s="13"/>
+      <c r="L42" s="13"/>
+      <c r="M42" s="13"/>
+    </row>
+    <row r="43" spans="2:13" s="9" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B43" s="19" t="s">
+        <v>38</v>
+      </c>
+      <c r="C43" s="20"/>
+      <c r="D43" s="20"/>
+      <c r="E43" s="37"/>
+      <c r="F43" s="38"/>
+      <c r="G43"/>
+      <c r="H43" s="13"/>
+      <c r="I43" s="13"/>
+      <c r="J43" s="13"/>
+      <c r="K43" s="13"/>
+      <c r="L43" s="13"/>
+      <c r="M43" s="13"/>
+    </row>
+    <row r="44" spans="2:13" s="9" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B44" s="22" t="s">
+        <v>11</v>
+      </c>
+      <c r="C44" s="39" t="s">
+        <v>40</v>
+      </c>
+      <c r="D44" s="24">
+        <v>46021</v>
+      </c>
+      <c r="E44" s="40">
+        <v>2390.3934300000001</v>
+      </c>
+      <c r="F44" s="41">
+        <v>6741</v>
+      </c>
+      <c r="G44"/>
+      <c r="H44" s="13"/>
+      <c r="I44" s="13"/>
+      <c r="J44" s="13"/>
+      <c r="K44" s="13"/>
+      <c r="L44" s="13"/>
+      <c r="M44" s="13"/>
+    </row>
+    <row r="45" spans="2:13" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B45" s="22" t="s">
+        <v>19</v>
+      </c>
+      <c r="C45" s="39" t="s">
+        <v>40</v>
+      </c>
+      <c r="D45" s="24">
+        <v>46021</v>
+      </c>
+      <c r="E45" s="40">
+        <v>3426.56106</v>
+      </c>
+      <c r="F45" s="41">
+        <v>2083</v>
+      </c>
+      <c r="G45"/>
+      <c r="H45" s="13"/>
+      <c r="I45" s="13"/>
+      <c r="J45" s="13"/>
+      <c r="K45" s="13"/>
+      <c r="L45" s="13"/>
+      <c r="M45" s="13"/>
+    </row>
+    <row r="46" spans="2:13" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B46" s="22" t="s">
+        <v>21</v>
+      </c>
+      <c r="C46" s="39" t="s">
+        <v>40</v>
+      </c>
+      <c r="D46" s="24">
+        <v>46021</v>
+      </c>
+      <c r="E46" s="40">
+        <v>1773.10718</v>
+      </c>
+      <c r="F46" s="41">
+        <v>4459</v>
+      </c>
+      <c r="G46"/>
+      <c r="H46" s="13"/>
+      <c r="I46" s="13"/>
+      <c r="J46" s="13"/>
+      <c r="K46" s="13"/>
+      <c r="L46" s="13"/>
+      <c r="M46" s="13"/>
+    </row>
+    <row r="47" spans="2:13" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B47" s="22" t="s">
+        <v>22</v>
+      </c>
+      <c r="C47" s="39" t="s">
+        <v>40</v>
+      </c>
+      <c r="D47" s="24">
+        <v>46021</v>
+      </c>
+      <c r="E47" s="40">
+        <v>415.78059999999999</v>
+      </c>
+      <c r="F47" s="41">
+        <v>825</v>
+      </c>
+      <c r="G47"/>
+      <c r="H47" s="13"/>
+      <c r="I47" s="13"/>
+      <c r="J47" s="13"/>
+      <c r="K47" s="13"/>
+      <c r="L47" s="13"/>
+      <c r="M47" s="13"/>
+    </row>
+    <row r="48" spans="2:13" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B48" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="C48" s="39" t="s">
+        <v>40</v>
+      </c>
+      <c r="D48" s="24">
+        <v>46021</v>
+      </c>
+      <c r="E48" s="40">
+        <v>3703.48819</v>
+      </c>
+      <c r="F48" s="41">
+        <v>2073</v>
+      </c>
+      <c r="G48"/>
+      <c r="H48" s="13"/>
+      <c r="I48" s="13"/>
+      <c r="J48" s="13"/>
+      <c r="K48" s="13"/>
+      <c r="L48" s="13"/>
+      <c r="M48" s="13"/>
+    </row>
+    <row r="49" spans="2:13" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B49" s="22" t="s">
+        <v>24</v>
+      </c>
+      <c r="C49" s="39" t="s">
+        <v>40</v>
+      </c>
+      <c r="D49" s="24">
+        <v>46021</v>
+      </c>
+      <c r="E49" s="40">
+        <v>6907.77837</v>
+      </c>
+      <c r="F49" s="41">
+        <v>2115</v>
+      </c>
+      <c r="G49"/>
+      <c r="H49" s="13"/>
+      <c r="I49" s="13"/>
+      <c r="J49" s="13"/>
+      <c r="K49" s="13"/>
+      <c r="L49" s="13"/>
+      <c r="M49" s="13"/>
+    </row>
+    <row r="50" spans="2:13" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B50" s="22" t="s">
         <v>25</v>
       </c>
-      <c r="C43" s="35"/>
-[...103 lines deleted...]
-    <row r="55" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="C50" s="39" t="s">
+        <v>40</v>
+      </c>
+      <c r="D50" s="24">
+        <v>46021</v>
+      </c>
+      <c r="E50" s="40">
+        <v>1210.4875400000001</v>
+      </c>
+      <c r="F50" s="41">
+        <v>2101</v>
+      </c>
+      <c r="G50"/>
+      <c r="H50" s="13"/>
+      <c r="I50" s="13"/>
+      <c r="J50" s="13"/>
+      <c r="K50" s="13"/>
+      <c r="L50" s="13"/>
+      <c r="M50" s="13"/>
+    </row>
+    <row r="51" spans="2:13" s="9" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B51" s="22" t="s">
+        <v>41</v>
+      </c>
+      <c r="C51" s="39" t="s">
+        <v>42</v>
+      </c>
+      <c r="D51" s="24">
+        <v>46021</v>
+      </c>
+      <c r="E51" s="40">
+        <v>7236.4308700000001</v>
+      </c>
+      <c r="F51" s="41">
+        <v>2946</v>
+      </c>
+      <c r="G51"/>
+      <c r="H51" s="13"/>
+      <c r="I51" s="13"/>
+      <c r="J51" s="13"/>
+      <c r="K51" s="13"/>
+      <c r="L51" s="13"/>
+      <c r="M51" s="13"/>
+    </row>
+    <row r="52" spans="2:13" s="9" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B52" s="33" t="s">
+        <v>39</v>
+      </c>
+      <c r="C52" s="34"/>
+      <c r="D52" s="34"/>
+      <c r="E52" s="35">
+        <f>SUM(E44:E51)</f>
+        <v>27064.027239999999</v>
+      </c>
+      <c r="F52" s="36"/>
+      <c r="G52"/>
+      <c r="H52" s="13"/>
+      <c r="I52" s="13"/>
+      <c r="J52" s="13"/>
+      <c r="K52" s="13"/>
+      <c r="L52" s="13"/>
+      <c r="M52" s="13"/>
+    </row>
+    <row r="53" spans="2:13" s="9" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B53" s="43" t="s">
+        <v>36</v>
+      </c>
+      <c r="C53" s="44"/>
+      <c r="D53" s="44"/>
+      <c r="E53" s="45">
+        <f>+E24+E42+E52</f>
+        <v>93934.608049999981</v>
+      </c>
+      <c r="F53" s="46"/>
+      <c r="G53"/>
+      <c r="H53" s="47"/>
+      <c r="I53" s="13"/>
+      <c r="J53" s="13"/>
+      <c r="K53" s="13"/>
+      <c r="L53" s="13"/>
+      <c r="M53" s="13"/>
+    </row>
+    <row r="54" spans="2:13" s="9" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B54" s="16" t="s">
+        <v>37</v>
+      </c>
+      <c r="C54" s="17"/>
+      <c r="D54" s="17"/>
+      <c r="E54" s="48">
+        <f>+E53</f>
+        <v>93934.608049999981</v>
+      </c>
+      <c r="F54" s="18"/>
+      <c r="G54"/>
+      <c r="H54" s="47"/>
+      <c r="I54" s="13"/>
+      <c r="J54" s="13"/>
+      <c r="K54" s="13"/>
+      <c r="L54" s="13"/>
+      <c r="M54" s="13"/>
+    </row>
+    <row r="55" spans="2:13" x14ac:dyDescent="0.2">
       <c r="B55"/>
       <c r="C55"/>
       <c r="D55"/>
       <c r="E55"/>
       <c r="F55"/>
     </row>
-    <row r="56" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="56" spans="2:13" x14ac:dyDescent="0.2">
       <c r="B56"/>
       <c r="C56"/>
       <c r="D56"/>
       <c r="E56"/>
       <c r="F56"/>
     </row>
-    <row r="57" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="57" spans="2:13" x14ac:dyDescent="0.2">
       <c r="B57"/>
       <c r="C57"/>
       <c r="D57"/>
       <c r="E57"/>
       <c r="F57"/>
     </row>
-    <row r="58" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="58" spans="2:13" x14ac:dyDescent="0.2">
       <c r="B58"/>
       <c r="C58"/>
       <c r="D58"/>
       <c r="E58"/>
       <c r="F58"/>
     </row>
-    <row r="59" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="59" spans="2:13" x14ac:dyDescent="0.2">
       <c r="B59"/>
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59"/>
       <c r="F59"/>
     </row>
-    <row r="60" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="60" spans="2:13" x14ac:dyDescent="0.2">
       <c r="B60"/>
       <c r="C60"/>
       <c r="D60"/>
       <c r="E60"/>
       <c r="F60"/>
     </row>
-    <row r="61" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="61" spans="2:13" x14ac:dyDescent="0.2">
       <c r="B61"/>
       <c r="C61"/>
       <c r="D61"/>
       <c r="E61"/>
       <c r="F61"/>
     </row>
-    <row r="62" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="62" spans="2:13" x14ac:dyDescent="0.2">
       <c r="B62"/>
       <c r="C62"/>
       <c r="D62"/>
       <c r="E62"/>
       <c r="F62"/>
     </row>
-    <row r="63" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="63" spans="2:13" x14ac:dyDescent="0.2">
       <c r="B63"/>
       <c r="C63"/>
       <c r="D63"/>
       <c r="E63"/>
       <c r="F63"/>
     </row>
-    <row r="64" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="64" spans="2:13" x14ac:dyDescent="0.2">
       <c r="B64"/>
       <c r="C64"/>
       <c r="D64"/>
       <c r="E64"/>
       <c r="F64"/>
     </row>
     <row r="65" spans="1:6" x14ac:dyDescent="0.2">
       <c r="B65"/>
       <c r="C65"/>
       <c r="D65"/>
       <c r="E65"/>
       <c r="F65"/>
     </row>
     <row r="66" spans="1:6" x14ac:dyDescent="0.2">
       <c r="B66"/>
       <c r="C66"/>
       <c r="D66"/>
       <c r="E66"/>
       <c r="F66"/>
     </row>
     <row r="67" spans="1:6" x14ac:dyDescent="0.2">
       <c r="B67"/>
       <c r="C67"/>
       <c r="D67"/>
       <c r="E67"/>
       <c r="F67"/>
     </row>
     <row r="68" spans="1:6" x14ac:dyDescent="0.2">
       <c r="B68"/>
       <c r="C68"/>
       <c r="D68"/>
       <c r="E68"/>
       <c r="F68"/>
     </row>
     <row r="69" spans="1:6" x14ac:dyDescent="0.2">
       <c r="B69"/>
       <c r="C69"/>
       <c r="D69"/>
       <c r="E69"/>
       <c r="F69"/>
     </row>
     <row r="70" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A70" s="4"/>
       <c r="B70"/>
       <c r="C70"/>
       <c r="D70"/>
       <c r="E70"/>
       <c r="F70"/>
     </row>
     <row r="71" spans="1:6" x14ac:dyDescent="0.2">
       <c r="B71"/>
       <c r="C71"/>
       <c r="D71"/>
       <c r="E71"/>
       <c r="F71"/>
     </row>
     <row r="72" spans="1:6" x14ac:dyDescent="0.2">
       <c r="B72"/>
       <c r="C72"/>
       <c r="D72"/>
       <c r="E72"/>
       <c r="F72"/>
     </row>
     <row r="73" spans="1:6" x14ac:dyDescent="0.2">
       <c r="B73"/>
       <c r="C73"/>
       <c r="D73"/>
       <c r="E73"/>
@@ -2348,50 +2535,51 @@
       <c r="E76"/>
       <c r="F76"/>
     </row>
     <row r="77" spans="1:6" x14ac:dyDescent="0.2">
       <c r="B77"/>
       <c r="C77"/>
       <c r="D77"/>
       <c r="E77"/>
       <c r="F77"/>
     </row>
     <row r="78" spans="1:6" x14ac:dyDescent="0.2">
       <c r="B78"/>
       <c r="C78"/>
       <c r="D78"/>
       <c r="E78"/>
       <c r="F78"/>
     </row>
     <row r="79" spans="1:6" x14ac:dyDescent="0.2">
       <c r="B79"/>
       <c r="C79"/>
       <c r="D79"/>
       <c r="E79"/>
       <c r="F79"/>
     </row>
     <row r="80" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A80" s="49"/>
       <c r="B80"/>
       <c r="C80"/>
       <c r="D80"/>
       <c r="E80"/>
       <c r="F80"/>
     </row>
     <row r="81" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B81"/>
       <c r="C81"/>
       <c r="D81"/>
       <c r="E81"/>
       <c r="F81"/>
     </row>
     <row r="82" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B82"/>
       <c r="C82"/>
       <c r="D82"/>
       <c r="E82"/>
       <c r="F82"/>
     </row>
     <row r="83" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B83"/>
       <c r="C83"/>
       <c r="D83"/>
       <c r="E83"/>
@@ -5665,73 +5853,151 @@
       <c r="D550"/>
       <c r="E550"/>
       <c r="F550"/>
     </row>
     <row r="551" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B551"/>
       <c r="C551"/>
       <c r="D551"/>
       <c r="E551"/>
       <c r="F551"/>
     </row>
     <row r="552" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B552"/>
       <c r="C552"/>
       <c r="D552"/>
       <c r="E552"/>
       <c r="F552"/>
     </row>
     <row r="553" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B553"/>
       <c r="C553"/>
       <c r="D553"/>
       <c r="E553"/>
       <c r="F553"/>
     </row>
+    <row r="554" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B554"/>
+      <c r="C554"/>
+      <c r="D554"/>
+      <c r="E554"/>
+      <c r="F554"/>
+    </row>
+    <row r="555" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B555"/>
+      <c r="C555"/>
+      <c r="D555"/>
+      <c r="E555"/>
+      <c r="F555"/>
+    </row>
+    <row r="556" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B556"/>
+      <c r="C556"/>
+      <c r="D556"/>
+      <c r="E556"/>
+      <c r="F556"/>
+    </row>
+    <row r="557" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B557"/>
+      <c r="C557"/>
+      <c r="D557"/>
+      <c r="E557"/>
+      <c r="F557"/>
+    </row>
+    <row r="558" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B558"/>
+      <c r="C558"/>
+      <c r="D558"/>
+      <c r="E558"/>
+      <c r="F558"/>
+    </row>
+    <row r="559" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B559"/>
+      <c r="C559"/>
+      <c r="D559"/>
+      <c r="E559"/>
+      <c r="F559"/>
+    </row>
+    <row r="560" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B560"/>
+      <c r="C560"/>
+      <c r="D560"/>
+      <c r="E560"/>
+      <c r="F560"/>
+    </row>
+    <row r="561" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B561"/>
+      <c r="C561"/>
+      <c r="D561"/>
+      <c r="E561"/>
+      <c r="F561"/>
+    </row>
+    <row r="562" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B562"/>
+      <c r="C562"/>
+      <c r="D562"/>
+      <c r="E562"/>
+      <c r="F562"/>
+    </row>
+    <row r="563" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B563"/>
+      <c r="C563"/>
+      <c r="D563"/>
+      <c r="E563"/>
+      <c r="F563"/>
+    </row>
   </sheetData>
   <conditionalFormatting sqref="B24:D24">
-    <cfRule type="expression" dxfId="2" priority="26">
+    <cfRule type="expression" dxfId="3" priority="4">
       <formula>AND($E24="(em branco)",TODAY()&gt;$D24)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F5:F222">
-    <cfRule type="expression" dxfId="1" priority="1">
+  <conditionalFormatting sqref="F5:F42 F53:F232">
+    <cfRule type="expression" dxfId="2" priority="2">
       <formula>AND(ISBLANK($F5)=FALSE(),$F5&lt;=3)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F24">
-    <cfRule type="expression" dxfId="0" priority="25">
+    <cfRule type="expression" dxfId="1" priority="3">
       <formula>AND(ISBLANK($G24)=FALSE(),$G24&lt;=3)</formula>
     </cfRule>
   </conditionalFormatting>
+  <conditionalFormatting sqref="F43:F52">
+    <cfRule type="expression" dxfId="0" priority="1">
+      <formula>AND(ISBLANK($F43)=FALSE(),$F43&lt;=3)</formula>
+    </cfRule>
+  </conditionalFormatting>
   <printOptions horizontalCentered="1"/>
-  <pageMargins left="0.31496062992125984" right="0.31496062992125984" top="0.54" bottom="0.15748031496062992" header="0.11811023622047245" footer="0"/>
+  <pageMargins left="0.31496062992125984" right="0.31496062992125984" top="0.63" bottom="0.15748031496062992" header="0.11811023622047245" footer="0"/>
   <pageSetup paperSize="9" scale="79" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;G</oddHeader>
     <oddFooter>&amp;R&amp;P / &amp;N</oddFooter>
   </headerFooter>
+  <rowBreaks count="1" manualBreakCount="1">
+    <brk id="42" max="16383" man="1"/>
+  </rowBreaks>
   <legacyDrawingHF r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100E28C405C63CD544F9651A90105E62ED5" ma:contentTypeVersion="19" ma:contentTypeDescription="Criar um novo documento." ma:contentTypeScope="" ma:versionID="b544b9b5318837e33460b8914109d8e6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5399dd73-3458-46cc-953e-caad4892d1f1" xmlns:ns3="72d6fbae-d18c-49b9-827b-ef4fa516a32b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="698c7c3edb7f5977e0466d0099d3e669" ns2:_="" ns3:_="">
     <xsd:import namespace="5399dd73-3458-46cc-953e-caad4892d1f1"/>
     <xsd:import namespace="72d6fbae-d18c-49b9-827b-ef4fa516a32b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
@@ -5962,122 +6228,89 @@
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="5399dd73-3458-46cc-953e-caad4892d1f1">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="72d6fbae-d18c-49b9-827b-ef4fa516a32b" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8A9D07C0-3FDC-4D91-AF11-5060B309424C}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C4CD4CAB-3613-45D1-B4D8-CA3E32F66ADE}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3F277817-41CD-480A-8513-F24839A9FF32}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{320EE83D-4653-4B7E-B18E-B7B0B0098F9A}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{124B5340-56C1-4D81-B1DC-D9A0E412FA02}">
-[...12 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BA07C659-ECF1-463E-B59F-6EBA1CEBF6FD}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Folhas de Cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Intervalos com Nome</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>CalPags - RAA</vt:lpstr>
       <vt:lpstr>'CalPags - RAA'!Área_de_Impressão</vt:lpstr>
       <vt:lpstr>'CalPags - RAA'!Títulos_de_Impressão</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <Company>IFAP</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator/>
-  <cp:lastModifiedBy/>
+  <dc:creator>Lucilia Barros</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100E28C405C63CD544F9651A90105E62ED5</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
-[...1 lines deleted...]
-  </property>
 </Properties>
 </file>