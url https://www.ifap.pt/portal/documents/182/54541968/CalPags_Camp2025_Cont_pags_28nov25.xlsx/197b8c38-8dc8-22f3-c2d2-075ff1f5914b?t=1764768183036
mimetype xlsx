--- v0 (2025-12-21)
+++ v1 (2026-03-03)
@@ -5,92 +5,93 @@
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" updateLinks="never" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="108" documentId="8_{38537600-ABED-436B-A783-0B2F4C8F1254}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{9E538F42-7612-4E4E-AE15-3695517FD613}"/>
+  <xr:revisionPtr revIDLastSave="19" documentId="8_{BFAB4B33-81A9-4C4B-9F3B-E81D89391EB6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{687F1552-63CC-4C9F-A345-22FD989D3ED0}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="14295" yWindow="0" windowWidth="14610" windowHeight="15585" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="CalPags - Continente" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'CalPags - Continente'!$B$1:$B$540</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'CalPags - Continente'!$B$1:$F$29</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'CalPags - Continente'!$B$1:$B$559</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'CalPags - Continente'!$B$1:$F$48</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'CalPags - Continente'!$1:$3</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="E47" i="1" l="1"/>
+  <c r="E46" i="1"/>
   <c r="E27" i="1" l="1"/>
   <c r="E19" i="1" l="1"/>
-  <c r="E28" i="1" l="1"/>
-  <c r="E29" i="1" s="1"/>
+  <c r="E48" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="51" uniqueCount="32">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="87" uniqueCount="42">
   <si>
     <t>CALENDÁRIO DE PAGAMENTOS - CONTINENTE</t>
   </si>
   <si>
     <t>AJUDA / APOIO</t>
   </si>
   <si>
     <t>Tipo de pagamento</t>
   </si>
   <si>
     <t>Pagamento efetuado a:</t>
   </si>
   <si>
     <t>Montante  
 (mil euros)</t>
   </si>
   <si>
     <t>Nº  
 Beneficiários</t>
   </si>
   <si>
     <t>OUTUBRO</t>
   </si>
   <si>
     <t>OUTUBRO Total</t>
@@ -144,50 +145,80 @@
     <t>2025 Total</t>
   </si>
   <si>
     <t>CAMPANHA 2025 Total</t>
   </si>
   <si>
     <t>C.1.1.1.1.1 Conservação do solo –  Sementeira direta</t>
   </si>
   <si>
     <t>C.1.1.1.1.2 Conservação do solo - Enrelvamento</t>
   </si>
   <si>
     <t>C.1.2.1 Apoio às Zonas com Condicionantes Naturais</t>
   </si>
   <si>
     <t>A.2.2 Apoio Redistributivo Complementar</t>
   </si>
   <si>
     <t>C.1.1.7 Produção integrada – Culturas agrícolas</t>
   </si>
   <si>
     <t>C.1.1.8 Agricultura biológica</t>
   </si>
   <si>
     <t>C.1.2.2 Pagamento Rede Natura</t>
+  </si>
+  <si>
+    <t>DEZEMBRO</t>
+  </si>
+  <si>
+    <t>DEZEMBRO Total</t>
+  </si>
+  <si>
+    <t>1ª Prestação</t>
+  </si>
+  <si>
+    <t>A.3.3.1 Maneio da pastagem permanente</t>
+  </si>
+  <si>
+    <t>C.1.1.4 Manutenção de raças autóctones</t>
+  </si>
+  <si>
+    <t>100%</t>
+  </si>
+  <si>
+    <t>Saldo</t>
+  </si>
+  <si>
+    <t>D.2.1 Planos Zonais Agroambientais</t>
+  </si>
+  <si>
+    <t>D.2.3.2 Gestão do pastoreio em áreas de baldio do Barroso</t>
+  </si>
+  <si>
+    <t>PDR 2020 M8.1.2 Instalação de sistemas agroflorestais</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ _€_-;\-* #,##0.00\ _€_-;_-* &quot;-&quot;??\ _€_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="#,##0______;"/>
     <numFmt numFmtId="166" formatCode="[$-816]d/mmm/yy;@"/>
     <numFmt numFmtId="167" formatCode="#,##0_ ;\-#,##0\ "/>
   </numFmts>
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -283,51 +314,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFEAEAEA"/>
         <bgColor theme="4" tint="-0.249977111117893"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor theme="0" tint="-0.14999847407452621"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF92CDDC"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="8">
+  <borders count="10">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </right>
       <top style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </top>
       <bottom style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
@@ -378,57 +409,85 @@
     </border>
     <border>
       <left style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </left>
       <right style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </right>
       <top/>
       <bottom style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color theme="0" tint="-0.34998626667073579"/>
+      </right>
+      <top style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </top>
+      <bottom style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="0" tint="-0.34998626667073579"/>
+      </left>
+      <right style="thin">
+        <color theme="0" tint="-0.34998626667073579"/>
+      </right>
+      <top style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </top>
+      <bottom style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="39">
+  <cellXfs count="42">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="3" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="3" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
@@ -498,79 +557,105 @@
     </xf>
     <xf numFmtId="0" fontId="10" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="6" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="167" fontId="10" fillId="6" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="6" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="167" fontId="10" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="7" fillId="7" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="9" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="9" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Vírgula" xfId="1" builtinId="3"/>
   </cellStyles>
-  <dxfs count="6">
+  <dxfs count="8">
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="5" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="5" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="5" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="5" tint="0.59996337778862885"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="5" tint="0.59996337778862885"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color auto="1"/>
+      </font>
       <fill>
         <patternFill>
           <bgColor theme="5" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color auto="1"/>
       </font>
       <fill>
         <patternFill>
           <bgColor theme="5" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color auto="1"/>
       </font>
       <fill>
         <patternFill>
           <bgColor theme="5" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
@@ -865,55 +950,55 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:GT540"/>
+  <dimension ref="A1:GT559"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane ySplit="3" topLeftCell="A20" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="O23" sqref="O23"/>
+      <pane ySplit="3" topLeftCell="A28" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="1.42578125" style="5" customWidth="1"/>
     <col min="2" max="2" width="51.42578125" style="5" customWidth="1"/>
     <col min="3" max="3" width="17" style="5" customWidth="1"/>
     <col min="4" max="4" width="12.85546875" style="5" customWidth="1"/>
     <col min="5" max="5" width="12.140625" style="5" customWidth="1"/>
     <col min="6" max="6" width="10.85546875" style="5" customWidth="1"/>
     <col min="7" max="7" width="10.85546875" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="16.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:202" s="1" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3" t="s">
         <v>22</v>
       </c>
       <c r="G1"/>
@@ -1157,339 +1242,339 @@
       <c r="F4" s="30"/>
       <c r="G4"/>
       <c r="H4" s="9"/>
       <c r="I4" s="9"/>
       <c r="J4" s="9"/>
       <c r="K4" s="9"/>
       <c r="L4" s="9"/>
       <c r="M4" s="9"/>
     </row>
     <row r="5" spans="2:202" s="5" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="15" t="s">
         <v>6</v>
       </c>
       <c r="C5" s="16"/>
       <c r="D5" s="16"/>
       <c r="E5" s="16"/>
       <c r="F5" s="23"/>
       <c r="G5"/>
       <c r="H5" s="9"/>
       <c r="I5" s="9"/>
       <c r="J5" s="9"/>
       <c r="K5" s="9"/>
       <c r="L5" s="9"/>
       <c r="M5" s="9"/>
     </row>
-    <row r="6" spans="2:202" s="5" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="2:202" s="5" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="19" t="s">
         <v>10</v>
       </c>
       <c r="C6" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D6" s="21">
         <v>45961</v>
       </c>
       <c r="E6" s="36">
         <v>211428.76416999998</v>
       </c>
       <c r="F6" s="18">
         <v>64930</v>
       </c>
       <c r="G6"/>
       <c r="H6" s="9"/>
       <c r="I6" s="9"/>
       <c r="J6" s="9"/>
       <c r="K6" s="9"/>
       <c r="L6" s="9"/>
       <c r="M6" s="9"/>
     </row>
-    <row r="7" spans="2:202" s="5" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="2:202" s="5" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="19" t="s">
         <v>12</v>
       </c>
       <c r="C7" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D7" s="21">
         <v>45961</v>
       </c>
       <c r="E7" s="36">
         <v>31567.297030000002</v>
       </c>
       <c r="F7" s="18">
         <v>13206</v>
       </c>
       <c r="G7"/>
       <c r="H7" s="9"/>
       <c r="I7" s="9"/>
       <c r="J7" s="9"/>
       <c r="K7" s="9"/>
       <c r="L7" s="9"/>
       <c r="M7" s="9"/>
     </row>
-    <row r="8" spans="2:202" s="5" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="2:202" s="5" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="19" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D8" s="21">
         <v>45961</v>
       </c>
       <c r="E8" s="36">
         <v>22835.044409999999</v>
       </c>
       <c r="F8" s="18">
         <v>16421</v>
       </c>
       <c r="G8"/>
       <c r="H8" s="9"/>
       <c r="I8" s="9"/>
       <c r="J8" s="9"/>
       <c r="K8" s="9"/>
       <c r="L8" s="9"/>
       <c r="M8" s="9"/>
     </row>
-    <row r="9" spans="2:202" s="5" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="2:202" s="5" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="19" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D9" s="21">
         <v>45961</v>
       </c>
       <c r="E9" s="36">
         <v>11221.393599999999</v>
       </c>
       <c r="F9" s="18">
         <v>1350</v>
       </c>
       <c r="G9"/>
       <c r="H9" s="9"/>
       <c r="I9" s="9"/>
       <c r="J9" s="9"/>
       <c r="K9" s="9"/>
       <c r="L9" s="9"/>
       <c r="M9" s="9"/>
     </row>
-    <row r="10" spans="2:202" s="5" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="2:202" s="5" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="19" t="s">
         <v>15</v>
       </c>
       <c r="C10" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D10" s="21">
         <v>45961</v>
       </c>
       <c r="E10" s="36">
         <v>7731.4163799999997</v>
       </c>
       <c r="F10" s="18">
         <v>816</v>
       </c>
       <c r="G10"/>
       <c r="H10" s="9"/>
       <c r="I10" s="9"/>
       <c r="J10" s="9"/>
       <c r="K10" s="9"/>
       <c r="L10" s="9"/>
       <c r="M10" s="9"/>
     </row>
-    <row r="11" spans="2:202" s="5" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="2:202" s="5" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="19" t="s">
         <v>16</v>
       </c>
       <c r="C11" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D11" s="21">
         <v>45961</v>
       </c>
       <c r="E11" s="36">
         <v>2024.85979</v>
       </c>
       <c r="F11" s="18">
         <v>237</v>
       </c>
       <c r="G11"/>
       <c r="H11" s="9"/>
       <c r="I11" s="9"/>
       <c r="J11" s="9"/>
       <c r="K11" s="9"/>
       <c r="L11" s="9"/>
       <c r="M11" s="9"/>
     </row>
-    <row r="12" spans="2:202" s="5" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="2:202" s="5" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="19" t="s">
         <v>17</v>
       </c>
       <c r="C12" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D12" s="21">
         <v>45961</v>
       </c>
       <c r="E12" s="36">
         <v>1178.4319499999999</v>
       </c>
       <c r="F12" s="18">
         <v>2375</v>
       </c>
       <c r="G12"/>
       <c r="H12" s="9"/>
       <c r="I12" s="9"/>
       <c r="J12" s="9"/>
       <c r="K12" s="9"/>
       <c r="L12" s="9"/>
       <c r="M12" s="9"/>
     </row>
-    <row r="13" spans="2:202" s="5" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="2:202" s="5" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="19" t="s">
         <v>18</v>
       </c>
       <c r="C13" s="22" t="s">
         <v>11</v>
       </c>
       <c r="D13" s="21">
         <v>45961</v>
       </c>
       <c r="E13" s="36">
         <v>39894.707900000001</v>
       </c>
       <c r="F13" s="18">
         <v>83170</v>
       </c>
       <c r="G13"/>
       <c r="H13" s="9"/>
       <c r="I13" s="9"/>
       <c r="J13" s="9"/>
       <c r="K13" s="9"/>
       <c r="L13" s="9"/>
       <c r="M13" s="9"/>
     </row>
-    <row r="14" spans="2:202" s="5" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="2:202" s="5" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="19" t="s">
         <v>25</v>
       </c>
       <c r="C14" s="22" t="s">
         <v>19</v>
       </c>
       <c r="D14" s="21">
         <v>45961</v>
       </c>
       <c r="E14" s="36">
         <v>389.63875999999999</v>
       </c>
       <c r="F14" s="18">
         <v>119</v>
       </c>
       <c r="G14"/>
       <c r="H14" s="9"/>
       <c r="I14" s="9"/>
       <c r="J14" s="9"/>
       <c r="K14" s="9"/>
       <c r="L14" s="9"/>
       <c r="M14" s="9"/>
     </row>
-    <row r="15" spans="2:202" s="5" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="2:202" s="5" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="19" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="22" t="s">
         <v>19</v>
       </c>
       <c r="D15" s="21">
         <v>45961</v>
       </c>
       <c r="E15" s="36">
         <v>10047.079</v>
       </c>
       <c r="F15" s="18">
         <v>6415</v>
       </c>
       <c r="G15"/>
       <c r="H15" s="9"/>
       <c r="I15" s="9"/>
       <c r="J15" s="9"/>
       <c r="K15" s="9"/>
       <c r="L15" s="9"/>
       <c r="M15" s="9"/>
     </row>
-    <row r="16" spans="2:202" s="5" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="2:202" s="5" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="19" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="22" t="s">
         <v>19</v>
       </c>
       <c r="D16" s="21">
         <v>45961</v>
       </c>
       <c r="E16" s="36">
         <v>18621.755670000002</v>
       </c>
       <c r="F16" s="18">
         <v>31279</v>
       </c>
       <c r="G16"/>
       <c r="H16" s="9"/>
       <c r="I16" s="9"/>
       <c r="J16" s="9"/>
       <c r="K16" s="9"/>
       <c r="L16" s="9"/>
       <c r="M16" s="9"/>
     </row>
-    <row r="17" spans="2:13" s="5" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="2:13" s="5" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="19" t="s">
         <v>21</v>
       </c>
       <c r="C17" s="22" t="s">
         <v>19</v>
       </c>
       <c r="D17" s="21">
         <v>45961</v>
       </c>
       <c r="E17" s="36">
         <v>25450.097600000001</v>
       </c>
       <c r="F17" s="18">
         <v>52168</v>
       </c>
       <c r="G17"/>
       <c r="H17" s="9"/>
       <c r="I17" s="9"/>
       <c r="J17" s="9"/>
       <c r="K17" s="9"/>
       <c r="L17" s="9"/>
       <c r="M17" s="9"/>
     </row>
-    <row r="18" spans="2:13" s="5" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="2:13" s="5" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="19" t="s">
         <v>27</v>
       </c>
       <c r="C18" s="22" t="s">
         <v>19</v>
       </c>
       <c r="D18" s="21">
         <v>45961</v>
       </c>
       <c r="E18" s="36">
         <v>136502.85552000001</v>
       </c>
       <c r="F18" s="18">
         <v>130402</v>
       </c>
       <c r="G18"/>
       <c r="H18" s="9"/>
       <c r="I18" s="9"/>
       <c r="J18" s="9"/>
       <c r="K18" s="9"/>
       <c r="L18" s="9"/>
       <c r="M18" s="9"/>
     </row>
     <row r="19" spans="2:13" s="5" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="24" t="s">
@@ -1667,321 +1752,631 @@
       <c r="I26" s="9"/>
       <c r="J26" s="9"/>
       <c r="K26" s="9"/>
       <c r="L26" s="9"/>
       <c r="M26" s="9"/>
     </row>
     <row r="27" spans="2:13" s="5" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="24" t="s">
         <v>9</v>
       </c>
       <c r="C27" s="25"/>
       <c r="D27" s="25"/>
       <c r="E27" s="26">
         <f>SUM(E21:E26)</f>
         <v>216031.46054000003</v>
       </c>
       <c r="F27" s="27"/>
       <c r="G27"/>
       <c r="H27" s="9"/>
       <c r="I27" s="9"/>
       <c r="J27" s="9"/>
       <c r="K27" s="9"/>
       <c r="L27" s="9"/>
       <c r="M27" s="9"/>
     </row>
-    <row r="28" spans="2:13" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-[...9 lines deleted...]
-      <c r="F28" s="34"/>
+    <row r="28" spans="2:13" s="5" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B28" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="C28" s="16"/>
+      <c r="D28" s="16"/>
+      <c r="E28" s="37"/>
+      <c r="F28" s="38"/>
+      <c r="G28"/>
+      <c r="H28" s="9"/>
+      <c r="I28" s="9"/>
+      <c r="J28" s="9"/>
+      <c r="K28" s="9"/>
+      <c r="L28" s="9"/>
+      <c r="M28" s="9"/>
     </row>
     <row r="29" spans="2:13" s="5" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B29" s="28" t="s">
-[...8 lines deleted...]
-      <c r="F29" s="30"/>
+      <c r="B29" s="39" t="s">
+        <v>10</v>
+      </c>
+      <c r="C29" s="40" t="s">
+        <v>34</v>
+      </c>
+      <c r="D29" s="41">
+        <v>46021</v>
+      </c>
+      <c r="E29" s="36">
+        <v>76166.715120000008</v>
+      </c>
+      <c r="F29" s="18">
+        <v>65057</v>
+      </c>
       <c r="G29"/>
       <c r="H29" s="9"/>
       <c r="I29" s="9"/>
       <c r="J29" s="9"/>
       <c r="K29" s="9"/>
       <c r="L29" s="9"/>
       <c r="M29" s="9"/>
     </row>
-    <row r="30" spans="2:13" x14ac:dyDescent="0.2">
-[...133 lines deleted...]
-    <row r="49" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="30" spans="2:13" s="5" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B30" s="39" t="s">
+        <v>12</v>
+      </c>
+      <c r="C30" s="40" t="s">
+        <v>34</v>
+      </c>
+      <c r="D30" s="41">
+        <v>46021</v>
+      </c>
+      <c r="E30" s="36">
+        <v>11439.887980000001</v>
+      </c>
+      <c r="F30" s="18">
+        <v>13238</v>
+      </c>
+      <c r="G30"/>
+      <c r="H30" s="9"/>
+      <c r="I30" s="9"/>
+      <c r="J30" s="9"/>
+      <c r="K30" s="9"/>
+      <c r="L30" s="9"/>
+      <c r="M30" s="9"/>
+    </row>
+    <row r="31" spans="2:13" s="5" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B31" s="39" t="s">
+        <v>13</v>
+      </c>
+      <c r="C31" s="40" t="s">
+        <v>34</v>
+      </c>
+      <c r="D31" s="41">
+        <v>46021</v>
+      </c>
+      <c r="E31" s="36">
+        <v>8131.1131799999994</v>
+      </c>
+      <c r="F31" s="18">
+        <v>16356</v>
+      </c>
+      <c r="G31"/>
+      <c r="H31" s="9"/>
+      <c r="I31" s="9"/>
+      <c r="J31" s="9"/>
+      <c r="K31" s="9"/>
+      <c r="L31" s="9"/>
+      <c r="M31" s="9"/>
+    </row>
+    <row r="32" spans="2:13" s="5" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B32" s="39" t="s">
+        <v>14</v>
+      </c>
+      <c r="C32" s="40" t="s">
+        <v>34</v>
+      </c>
+      <c r="D32" s="41">
+        <v>46021</v>
+      </c>
+      <c r="E32" s="36">
+        <v>4067.7049999999999</v>
+      </c>
+      <c r="F32" s="18">
+        <v>1357</v>
+      </c>
+      <c r="G32"/>
+      <c r="H32" s="9"/>
+      <c r="I32" s="9"/>
+      <c r="J32" s="9"/>
+      <c r="K32" s="9"/>
+      <c r="L32" s="9"/>
+      <c r="M32" s="9"/>
+    </row>
+    <row r="33" spans="2:13" s="5" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B33" s="39" t="s">
+        <v>15</v>
+      </c>
+      <c r="C33" s="40" t="s">
+        <v>34</v>
+      </c>
+      <c r="D33" s="41">
+        <v>46021</v>
+      </c>
+      <c r="E33" s="36">
+        <v>2635.4728300000002</v>
+      </c>
+      <c r="F33" s="18">
+        <v>803</v>
+      </c>
+      <c r="G33"/>
+      <c r="H33" s="9"/>
+      <c r="I33" s="9"/>
+      <c r="J33" s="9"/>
+      <c r="K33" s="9"/>
+      <c r="L33" s="9"/>
+      <c r="M33" s="9"/>
+    </row>
+    <row r="34" spans="2:13" s="5" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B34" s="39" t="s">
+        <v>16</v>
+      </c>
+      <c r="C34" s="40" t="s">
+        <v>34</v>
+      </c>
+      <c r="D34" s="41">
+        <v>46021</v>
+      </c>
+      <c r="E34" s="36">
+        <v>2024.51677</v>
+      </c>
+      <c r="F34" s="18">
+        <v>320</v>
+      </c>
+      <c r="G34"/>
+      <c r="H34" s="9"/>
+      <c r="I34" s="9"/>
+      <c r="J34" s="9"/>
+      <c r="K34" s="9"/>
+      <c r="L34" s="9"/>
+      <c r="M34" s="9"/>
+    </row>
+    <row r="35" spans="2:13" s="5" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B35" s="39" t="s">
+        <v>17</v>
+      </c>
+      <c r="C35" s="40" t="s">
+        <v>34</v>
+      </c>
+      <c r="D35" s="41">
+        <v>46021</v>
+      </c>
+      <c r="E35" s="36">
+        <v>428.28235999999998</v>
+      </c>
+      <c r="F35" s="18">
+        <v>2362</v>
+      </c>
+      <c r="G35"/>
+      <c r="H35" s="9"/>
+      <c r="I35" s="9"/>
+      <c r="J35" s="9"/>
+      <c r="K35" s="9"/>
+      <c r="L35" s="9"/>
+      <c r="M35" s="9"/>
+    </row>
+    <row r="36" spans="2:13" s="5" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B36" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C36" s="40" t="s">
+        <v>34</v>
+      </c>
+      <c r="D36" s="41">
+        <v>46021</v>
+      </c>
+      <c r="E36" s="36">
+        <v>14336.39293</v>
+      </c>
+      <c r="F36" s="18">
+        <v>83228</v>
+      </c>
+      <c r="G36"/>
+      <c r="H36" s="9"/>
+      <c r="I36" s="9"/>
+      <c r="J36" s="9"/>
+      <c r="K36" s="9"/>
+      <c r="L36" s="9"/>
+      <c r="M36" s="9"/>
+    </row>
+    <row r="37" spans="2:13" s="5" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B37" s="39" t="s">
+        <v>28</v>
+      </c>
+      <c r="C37" s="40" t="s">
+        <v>34</v>
+      </c>
+      <c r="D37" s="41">
+        <v>46021</v>
+      </c>
+      <c r="E37" s="36">
+        <v>17485.72969</v>
+      </c>
+      <c r="F37" s="18">
+        <v>59144</v>
+      </c>
+      <c r="G37"/>
+      <c r="H37" s="9"/>
+      <c r="I37" s="9"/>
+      <c r="J37" s="9"/>
+      <c r="K37" s="9"/>
+      <c r="L37" s="9"/>
+      <c r="M37" s="9"/>
+    </row>
+    <row r="38" spans="2:13" s="5" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B38" s="39" t="s">
+        <v>35</v>
+      </c>
+      <c r="C38" s="40" t="s">
+        <v>34</v>
+      </c>
+      <c r="D38" s="41">
+        <v>46021</v>
+      </c>
+      <c r="E38" s="36">
+        <v>12866.991820000001</v>
+      </c>
+      <c r="F38" s="18">
+        <v>1536</v>
+      </c>
+      <c r="G38"/>
+      <c r="H38" s="9"/>
+      <c r="I38" s="9"/>
+      <c r="J38" s="9"/>
+      <c r="K38" s="9"/>
+      <c r="L38" s="9"/>
+      <c r="M38" s="9"/>
+    </row>
+    <row r="39" spans="2:13" s="5" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B39" s="39" t="s">
+        <v>36</v>
+      </c>
+      <c r="C39" s="40" t="s">
+        <v>37</v>
+      </c>
+      <c r="D39" s="41">
+        <v>46021</v>
+      </c>
+      <c r="E39" s="36">
+        <v>14035.850839999999</v>
+      </c>
+      <c r="F39" s="18">
+        <v>6342</v>
+      </c>
+      <c r="G39"/>
+      <c r="H39" s="9"/>
+      <c r="I39" s="9"/>
+      <c r="J39" s="9"/>
+      <c r="K39" s="9"/>
+      <c r="L39" s="9"/>
+      <c r="M39" s="9"/>
+    </row>
+    <row r="40" spans="2:13" s="5" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B40" s="39" t="s">
+        <v>29</v>
+      </c>
+      <c r="C40" s="40" t="s">
+        <v>38</v>
+      </c>
+      <c r="D40" s="41">
+        <v>46021</v>
+      </c>
+      <c r="E40" s="36">
+        <v>10254.834969999998</v>
+      </c>
+      <c r="F40" s="18">
+        <v>10528</v>
+      </c>
+      <c r="G40"/>
+      <c r="H40" s="9"/>
+      <c r="I40" s="9"/>
+      <c r="J40" s="9"/>
+      <c r="K40" s="9"/>
+      <c r="L40" s="9"/>
+      <c r="M40" s="9"/>
+    </row>
+    <row r="41" spans="2:13" s="5" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B41" s="39" t="s">
+        <v>30</v>
+      </c>
+      <c r="C41" s="40" t="s">
+        <v>38</v>
+      </c>
+      <c r="D41" s="41">
+        <v>46021</v>
+      </c>
+      <c r="E41" s="36">
+        <v>23062.733079999998</v>
+      </c>
+      <c r="F41" s="18">
+        <v>12484</v>
+      </c>
+      <c r="G41"/>
+      <c r="H41" s="9"/>
+      <c r="I41" s="9"/>
+      <c r="J41" s="9"/>
+      <c r="K41" s="9"/>
+      <c r="L41" s="9"/>
+      <c r="M41" s="9"/>
+    </row>
+    <row r="42" spans="2:13" s="5" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B42" s="39" t="s">
+        <v>27</v>
+      </c>
+      <c r="C42" s="40" t="s">
+        <v>38</v>
+      </c>
+      <c r="D42" s="41">
+        <v>46021</v>
+      </c>
+      <c r="E42" s="36">
+        <v>24857.39012</v>
+      </c>
+      <c r="F42" s="18">
+        <v>130070</v>
+      </c>
+      <c r="G42"/>
+      <c r="H42" s="9"/>
+      <c r="I42" s="9"/>
+      <c r="J42" s="9"/>
+      <c r="K42" s="9"/>
+      <c r="L42" s="9"/>
+      <c r="M42" s="9"/>
+    </row>
+    <row r="43" spans="2:13" s="5" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B43" s="39" t="s">
+        <v>39</v>
+      </c>
+      <c r="C43" s="40" t="s">
+        <v>37</v>
+      </c>
+      <c r="D43" s="41">
+        <v>46021</v>
+      </c>
+      <c r="E43" s="36">
+        <v>4200.2378699999999</v>
+      </c>
+      <c r="F43" s="18">
+        <v>558</v>
+      </c>
+      <c r="G43"/>
+      <c r="H43" s="9"/>
+      <c r="I43" s="9"/>
+      <c r="J43" s="9"/>
+      <c r="K43" s="9"/>
+      <c r="L43" s="9"/>
+      <c r="M43" s="9"/>
+    </row>
+    <row r="44" spans="2:13" s="5" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B44" s="39" t="s">
+        <v>40</v>
+      </c>
+      <c r="C44" s="40" t="s">
+        <v>37</v>
+      </c>
+      <c r="D44" s="41">
+        <v>46021</v>
+      </c>
+      <c r="E44" s="36">
+        <v>948.54909999999995</v>
+      </c>
+      <c r="F44" s="18">
+        <v>60</v>
+      </c>
+      <c r="G44"/>
+      <c r="H44" s="9"/>
+      <c r="I44" s="9"/>
+      <c r="J44" s="9"/>
+      <c r="K44" s="9"/>
+      <c r="L44" s="9"/>
+      <c r="M44" s="9"/>
+    </row>
+    <row r="45" spans="2:13" s="5" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B45" s="39" t="s">
+        <v>41</v>
+      </c>
+      <c r="C45" s="40" t="s">
+        <v>37</v>
+      </c>
+      <c r="D45" s="41">
+        <v>46021</v>
+      </c>
+      <c r="E45" s="17">
+        <v>37.322160000000004</v>
+      </c>
+      <c r="F45" s="18">
+        <v>11</v>
+      </c>
+      <c r="G45"/>
+      <c r="H45" s="9"/>
+      <c r="I45" s="9"/>
+      <c r="J45" s="9"/>
+      <c r="K45" s="9"/>
+      <c r="L45" s="9"/>
+      <c r="M45" s="9"/>
+    </row>
+    <row r="46" spans="2:13" s="5" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B46" s="24" t="s">
+        <v>33</v>
+      </c>
+      <c r="C46" s="25"/>
+      <c r="D46" s="25"/>
+      <c r="E46" s="26">
+        <f>SUM(E29:E45)</f>
+        <v>226979.72582000002</v>
+      </c>
+      <c r="F46" s="27"/>
+      <c r="G46"/>
+      <c r="H46" s="9"/>
+      <c r="I46" s="9"/>
+      <c r="J46" s="9"/>
+      <c r="K46" s="9"/>
+      <c r="L46" s="9"/>
+      <c r="M46" s="9"/>
+    </row>
+    <row r="47" spans="2:13" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B47" s="31" t="s">
+        <v>23</v>
+      </c>
+      <c r="C47" s="32"/>
+      <c r="D47" s="32"/>
+      <c r="E47" s="33">
+        <f>+E19+E27+E46</f>
+        <v>961904.52814000007</v>
+      </c>
+      <c r="F47" s="34"/>
+    </row>
+    <row r="48" spans="2:13" s="5" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B48" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="C48" s="29"/>
+      <c r="D48" s="29"/>
+      <c r="E48" s="35">
+        <f>+E47</f>
+        <v>961904.52814000007</v>
+      </c>
+      <c r="F48" s="30"/>
+      <c r="G48"/>
+      <c r="H48" s="9"/>
+      <c r="I48" s="9"/>
+      <c r="J48" s="9"/>
+      <c r="K48" s="9"/>
+      <c r="L48" s="9"/>
+      <c r="M48" s="9"/>
+    </row>
+    <row r="49" spans="1:6" x14ac:dyDescent="0.2">
       <c r="B49"/>
       <c r="C49"/>
       <c r="D49"/>
       <c r="E49"/>
       <c r="F49"/>
     </row>
-    <row r="50" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="50" spans="1:6" x14ac:dyDescent="0.2">
       <c r="B50"/>
       <c r="C50"/>
       <c r="D50"/>
       <c r="E50"/>
       <c r="F50"/>
     </row>
-    <row r="51" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="51" spans="1:6" x14ac:dyDescent="0.2">
       <c r="B51"/>
       <c r="C51"/>
       <c r="D51"/>
       <c r="E51"/>
       <c r="F51"/>
     </row>
-    <row r="52" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="52" spans="1:6" x14ac:dyDescent="0.2">
       <c r="B52"/>
       <c r="C52"/>
       <c r="D52"/>
       <c r="E52"/>
       <c r="F52"/>
     </row>
-    <row r="53" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="53" spans="1:6" x14ac:dyDescent="0.2">
       <c r="B53"/>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53"/>
       <c r="F53"/>
     </row>
-    <row r="54" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="54" spans="1:6" x14ac:dyDescent="0.2">
       <c r="B54"/>
       <c r="C54"/>
       <c r="D54"/>
       <c r="E54"/>
       <c r="F54"/>
     </row>
-    <row r="55" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="55" spans="1:6" x14ac:dyDescent="0.2">
       <c r="B55"/>
       <c r="C55"/>
       <c r="D55"/>
       <c r="E55"/>
       <c r="F55"/>
     </row>
-    <row r="56" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="56" spans="1:6" x14ac:dyDescent="0.2">
       <c r="B56"/>
       <c r="C56"/>
       <c r="D56"/>
       <c r="E56"/>
       <c r="F56"/>
     </row>
-    <row r="57" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="57" spans="1:6" x14ac:dyDescent="0.2">
       <c r="B57"/>
       <c r="C57"/>
       <c r="D57"/>
       <c r="E57"/>
       <c r="F57"/>
     </row>
-    <row r="58" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="58" spans="1:6" x14ac:dyDescent="0.2">
       <c r="B58"/>
       <c r="C58"/>
       <c r="D58"/>
       <c r="E58"/>
       <c r="F58"/>
     </row>
-    <row r="59" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="59" spans="1:6" x14ac:dyDescent="0.2">
       <c r="B59"/>
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59"/>
       <c r="F59"/>
     </row>
-    <row r="60" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="60" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A60" s="6"/>
       <c r="B60"/>
       <c r="C60"/>
       <c r="D60"/>
       <c r="E60"/>
       <c r="F60"/>
     </row>
-    <row r="61" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="61" spans="1:6" x14ac:dyDescent="0.2">
       <c r="B61"/>
       <c r="C61"/>
       <c r="D61"/>
       <c r="E61"/>
       <c r="F61"/>
     </row>
-    <row r="62" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="62" spans="1:6" x14ac:dyDescent="0.2">
       <c r="B62"/>
       <c r="C62"/>
       <c r="D62"/>
       <c r="E62"/>
       <c r="F62"/>
     </row>
-    <row r="63" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="63" spans="1:6" x14ac:dyDescent="0.2">
       <c r="B63"/>
       <c r="C63"/>
       <c r="D63"/>
       <c r="E63"/>
       <c r="F63"/>
     </row>
-    <row r="64" spans="2:6" x14ac:dyDescent="0.2">
+    <row r="64" spans="1:6" x14ac:dyDescent="0.2">
       <c r="B64"/>
       <c r="C64"/>
       <c r="D64"/>
       <c r="E64"/>
       <c r="F64"/>
     </row>
     <row r="65" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B65"/>
       <c r="C65"/>
       <c r="D65"/>
       <c r="E65"/>
       <c r="F65"/>
     </row>
     <row r="66" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B66"/>
       <c r="C66"/>
       <c r="D66"/>
       <c r="E66"/>
       <c r="F66"/>
     </row>
     <row r="67" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B67"/>
       <c r="C67"/>
       <c r="D67"/>
       <c r="E67"/>
@@ -5167,166 +5562,329 @@
     </row>
     <row r="522" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B522"/>
       <c r="C522"/>
       <c r="D522"/>
       <c r="E522"/>
       <c r="F522"/>
     </row>
     <row r="523" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B523"/>
       <c r="C523"/>
       <c r="D523"/>
       <c r="E523"/>
       <c r="F523"/>
     </row>
     <row r="524" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B524"/>
       <c r="C524"/>
       <c r="D524"/>
       <c r="E524"/>
       <c r="F524"/>
     </row>
     <row r="525" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B525"/>
       <c r="C525"/>
+      <c r="D525"/>
+      <c r="E525"/>
+      <c r="F525"/>
     </row>
     <row r="526" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B526"/>
       <c r="C526"/>
+      <c r="D526"/>
+      <c r="E526"/>
+      <c r="F526"/>
     </row>
     <row r="527" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B527"/>
       <c r="C527"/>
+      <c r="D527"/>
+      <c r="E527"/>
+      <c r="F527"/>
     </row>
     <row r="528" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B528"/>
       <c r="C528"/>
-    </row>
-    <row r="529" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="D528"/>
+      <c r="E528"/>
+      <c r="F528"/>
+    </row>
+    <row r="529" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B529"/>
       <c r="C529"/>
-    </row>
-    <row r="530" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="D529"/>
+      <c r="E529"/>
+      <c r="F529"/>
+    </row>
+    <row r="530" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B530"/>
       <c r="C530"/>
-    </row>
-    <row r="531" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="D530"/>
+      <c r="E530"/>
+      <c r="F530"/>
+    </row>
+    <row r="531" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B531"/>
       <c r="C531"/>
-    </row>
-    <row r="532" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="D531"/>
+      <c r="E531"/>
+      <c r="F531"/>
+    </row>
+    <row r="532" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B532"/>
       <c r="C532"/>
-    </row>
-    <row r="533" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="D532"/>
+      <c r="E532"/>
+      <c r="F532"/>
+    </row>
+    <row r="533" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B533"/>
       <c r="C533"/>
-    </row>
-    <row r="534" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="D533"/>
+      <c r="E533"/>
+      <c r="F533"/>
+    </row>
+    <row r="534" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B534"/>
       <c r="C534"/>
-    </row>
-    <row r="535" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="D534"/>
+      <c r="E534"/>
+      <c r="F534"/>
+    </row>
+    <row r="535" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B535"/>
       <c r="C535"/>
-    </row>
-    <row r="536" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="D535"/>
+      <c r="E535"/>
+      <c r="F535"/>
+    </row>
+    <row r="536" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B536"/>
       <c r="C536"/>
-    </row>
-    <row r="537" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="D536"/>
+      <c r="E536"/>
+      <c r="F536"/>
+    </row>
+    <row r="537" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B537"/>
       <c r="C537"/>
-    </row>
-    <row r="538" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="D537"/>
+      <c r="E537"/>
+      <c r="F537"/>
+    </row>
+    <row r="538" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B538"/>
       <c r="C538"/>
-    </row>
-    <row r="539" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="D538"/>
+      <c r="E538"/>
+      <c r="F538"/>
+    </row>
+    <row r="539" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B539"/>
       <c r="C539"/>
-    </row>
-    <row r="540" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="D539"/>
+      <c r="E539"/>
+      <c r="F539"/>
+    </row>
+    <row r="540" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B540"/>
       <c r="C540"/>
+      <c r="D540"/>
+      <c r="E540"/>
+      <c r="F540"/>
+    </row>
+    <row r="541" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B541"/>
+      <c r="C541"/>
+      <c r="D541"/>
+      <c r="E541"/>
+      <c r="F541"/>
+    </row>
+    <row r="542" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B542"/>
+      <c r="C542"/>
+      <c r="D542"/>
+      <c r="E542"/>
+      <c r="F542"/>
+    </row>
+    <row r="543" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B543"/>
+      <c r="C543"/>
+      <c r="D543"/>
+      <c r="E543"/>
+      <c r="F543"/>
+    </row>
+    <row r="544" spans="2:6" x14ac:dyDescent="0.2">
+      <c r="B544"/>
+      <c r="C544"/>
+    </row>
+    <row r="545" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B545"/>
+      <c r="C545"/>
+    </row>
+    <row r="546" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B546"/>
+      <c r="C546"/>
+    </row>
+    <row r="547" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B547"/>
+      <c r="C547"/>
+    </row>
+    <row r="548" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B548"/>
+      <c r="C548"/>
+    </row>
+    <row r="549" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B549"/>
+      <c r="C549"/>
+    </row>
+    <row r="550" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B550"/>
+      <c r="C550"/>
+    </row>
+    <row r="551" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B551"/>
+      <c r="C551"/>
+    </row>
+    <row r="552" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B552"/>
+      <c r="C552"/>
+    </row>
+    <row r="553" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B553"/>
+      <c r="C553"/>
+    </row>
+    <row r="554" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B554"/>
+      <c r="C554"/>
+    </row>
+    <row r="555" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B555"/>
+      <c r="C555"/>
+    </row>
+    <row r="556" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B556"/>
+      <c r="C556"/>
+    </row>
+    <row r="557" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B557"/>
+      <c r="C557"/>
+    </row>
+    <row r="558" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B558"/>
+      <c r="C558"/>
+    </row>
+    <row r="559" spans="2:3" x14ac:dyDescent="0.2">
+      <c r="B559"/>
+      <c r="C559"/>
     </row>
   </sheetData>
   <conditionalFormatting sqref="B19:D19">
-    <cfRule type="expression" dxfId="5" priority="303">
+    <cfRule type="expression" dxfId="7" priority="306">
       <formula>AND($E19="(em branco)",TODAY()&gt;$D19)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B27:D27">
-    <cfRule type="expression" dxfId="4" priority="3">
+    <cfRule type="expression" dxfId="6" priority="6">
       <formula>AND($E27="(em branco)",TODAY()&gt;$D27)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F4 F6:F122">
-    <cfRule type="expression" dxfId="3" priority="442">
+  <conditionalFormatting sqref="B46:D46">
+    <cfRule type="expression" dxfId="5" priority="3">
+      <formula>AND($E46="(em branco)",TODAY()&gt;$D46)</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="F4 F6:F141">
+    <cfRule type="expression" dxfId="4" priority="445">
       <formula>AND(ISBLANK($F4)=FALSE(),$F4&lt;=3)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F19">
-    <cfRule type="expression" dxfId="2" priority="302">
+    <cfRule type="expression" dxfId="3" priority="305">
       <formula>AND(ISBLANK($G19)=FALSE(),$G19&lt;=3)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F27">
-    <cfRule type="expression" dxfId="1" priority="2">
+    <cfRule type="expression" dxfId="2" priority="5">
       <formula>AND(ISBLANK($G27)=FALSE(),$G27&lt;=3)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F28">
-    <cfRule type="expression" dxfId="0" priority="444">
+  <conditionalFormatting sqref="F46">
+    <cfRule type="expression" dxfId="1" priority="2">
+      <formula>AND(ISBLANK($G46)=FALSE(),$G46&lt;=3)</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="F47">
+    <cfRule type="expression" dxfId="0" priority="447">
       <formula>AND(ISBLANK(#REF!)=FALSE(),#REF!&lt;=3)</formula>
     </cfRule>
   </conditionalFormatting>
   <printOptions horizontalCentered="1"/>
-  <pageMargins left="0.31496062992125984" right="0.31496062992125984" top="1.07" bottom="0.31496062992125984" header="0.31496062992125984" footer="0"/>
-  <pageSetup paperSize="9" scale="87" orientation="portrait" r:id="rId1"/>
+  <pageMargins left="0.31496062992125984" right="0.31496062992125984" top="0.56000000000000005" bottom="3.937007874015748E-2" header="0.19" footer="0"/>
+  <pageSetup paperSize="9" scale="85" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;G</oddHeader>
     <oddFooter>&amp;R&amp;P / &amp;N</oddFooter>
   </headerFooter>
   <legacyDrawingHF r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="5399dd73-3458-46cc-953e-caad4892d1f1">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="72d6fbae-d18c-49b9-827b-ef4fa516a32b" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100E28C405C63CD544F9651A90105E62ED5" ma:contentTypeVersion="19" ma:contentTypeDescription="Criar um novo documento." ma:contentTypeScope="" ma:versionID="b544b9b5318837e33460b8914109d8e6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5399dd73-3458-46cc-953e-caad4892d1f1" xmlns:ns3="72d6fbae-d18c-49b9-827b-ef4fa516a32b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="698c7c3edb7f5977e0466d0099d3e669" ns2:_="" ns3:_="">
     <xsd:import namespace="5399dd73-3458-46cc-953e-caad4892d1f1"/>
     <xsd:import namespace="72d6fbae-d18c-49b9-827b-ef4fa516a32b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
@@ -5519,110 +6077,90 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3F277817-41CD-480A-8513-F24839A9FF32}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{124B5340-56C1-4D81-B1DC-D9A0E412FA02}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="5399dd73-3458-46cc-953e-caad4892d1f1"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="72d6fbae-d18c-49b9-827b-ef4fa516a32b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8A9D07C0-3FDC-4D91-AF11-5060B309424C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="5399dd73-3458-46cc-953e-caad4892d1f1"/>
     <ds:schemaRef ds:uri="72d6fbae-d18c-49b9-827b-ef4fa516a32b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...23 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Folhas de Cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Intervalos com Nome</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>