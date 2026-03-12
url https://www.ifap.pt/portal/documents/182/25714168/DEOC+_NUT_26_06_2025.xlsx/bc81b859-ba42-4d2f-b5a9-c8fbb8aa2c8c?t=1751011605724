--- v0 (2025-10-01)
+++ v1 (2026-03-12)
@@ -1,156 +1,175 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="5" rupBuild="14420"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\vGomes\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://ifappt-my.sharepoint.com/personal/luisa_leote_ifap_pt/Documents/Ambiente de Trabalho/"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{EDE2923F-4503-4760-80A7-02F6EAE1DF84}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="96" yWindow="180" windowWidth="8580" windowHeight="4188" tabRatio="528"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="528" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Número de animais" sheetId="1" r:id="rId1"/>
     <sheet name="DEOC e  N.º Ovinos e Caprinos" sheetId="3" r:id="rId2"/>
   </sheets>
-  <calcPr calcId="152511"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="D29" i="3" l="1"/>
-[...74 lines deleted...]
-  <c r="E77" i="1"/>
+  <c r="S98" i="1" l="1"/>
+  <c r="S97" i="1"/>
+  <c r="C31" i="3" l="1"/>
+  <c r="D31" i="3"/>
+  <c r="G31" i="3"/>
+  <c r="R98" i="1"/>
+  <c r="R97" i="1"/>
+  <c r="C16" i="3"/>
+  <c r="F31" i="3" l="1"/>
+  <c r="D16" i="3" l="1"/>
+  <c r="B31" i="3" s="1"/>
+  <c r="I31" i="3" l="1"/>
+  <c r="J31" i="3"/>
+  <c r="Q98" i="1"/>
+  <c r="Q97" i="1"/>
+  <c r="M31" i="3"/>
+  <c r="L31" i="3"/>
+  <c r="E16" i="3"/>
+  <c r="E31" i="3" l="1"/>
+  <c r="O31" i="3"/>
+  <c r="R31" i="3"/>
+  <c r="P97" i="1"/>
+  <c r="P98" i="1"/>
+  <c r="G16" i="3"/>
+  <c r="H16" i="3"/>
+  <c r="I16" i="3"/>
+  <c r="J16" i="3"/>
+  <c r="K16" i="3"/>
+  <c r="L16" i="3"/>
+  <c r="M16" i="3"/>
+  <c r="N16" i="3"/>
+  <c r="O16" i="3"/>
+  <c r="P16" i="3"/>
+  <c r="Q16" i="3"/>
+  <c r="Z31" i="3" l="1"/>
+  <c r="N31" i="3"/>
+  <c r="AI31" i="3"/>
+  <c r="AF31" i="3"/>
+  <c r="T31" i="3"/>
+  <c r="AC31" i="3"/>
+  <c r="W31" i="3"/>
+  <c r="Q31" i="3"/>
+  <c r="P31" i="3"/>
+  <c r="O98" i="1"/>
+  <c r="O97" i="1"/>
+  <c r="F16" i="3"/>
+  <c r="H31" i="3" s="1"/>
+  <c r="K31" i="3" l="1"/>
+  <c r="S31" i="3"/>
+  <c r="N98" i="1"/>
+  <c r="N97" i="1"/>
+  <c r="V31" i="3" l="1"/>
+  <c r="Y31" i="3"/>
+  <c r="U31" i="3"/>
+  <c r="M98" i="1"/>
+  <c r="M97" i="1"/>
+  <c r="X31" i="3" l="1"/>
+  <c r="AA31" i="3"/>
+  <c r="L98" i="1"/>
+  <c r="L97" i="1"/>
+  <c r="AB31" i="3" l="1"/>
+  <c r="AD31" i="3"/>
+  <c r="AE31" i="3"/>
+  <c r="AG31" i="3" l="1"/>
+  <c r="AH31" i="3"/>
+  <c r="AJ31" i="3"/>
+  <c r="AK31" i="3"/>
+  <c r="K98" i="1"/>
+  <c r="K97" i="1"/>
+  <c r="J98" i="1" l="1"/>
+  <c r="I98" i="1"/>
+  <c r="J97" i="1"/>
+  <c r="I97" i="1"/>
+  <c r="H97" i="1" l="1"/>
+  <c r="H98" i="1"/>
+  <c r="G98" i="1" l="1"/>
+  <c r="F98" i="1"/>
+  <c r="E98" i="1"/>
+  <c r="F97" i="1"/>
+  <c r="G97" i="1"/>
+  <c r="E97" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="196" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="230" uniqueCount="45">
   <si>
     <t>NUTII</t>
   </si>
   <si>
     <t>NÚMERO DE ANIMAIS</t>
   </si>
   <si>
     <t>DESCRIÇÃO DE CLASSES</t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
     <t>NORTE</t>
   </si>
   <si>
     <t>CENTRO</t>
   </si>
   <si>
     <t>ALENTEJO</t>
   </si>
   <si>
     <t>ALGARVE</t>
   </si>
   <si>
@@ -250,57 +269,66 @@
   <si>
     <t>∆ 2018/2017 (%)</t>
   </si>
   <si>
     <t>∆ 2019/2018 (%)</t>
   </si>
   <si>
     <t>∆ 2020/2019 (%)</t>
   </si>
   <si>
     <t>Quadro 3 - Declarações de existências de ovinos e caprinos - número de animais</t>
   </si>
   <si>
     <t>∆ 2021/2020 (%)</t>
   </si>
   <si>
     <t>∆ 2022/2021 (%)</t>
   </si>
   <si>
     <t>∆ 2023/2022 (%)</t>
   </si>
   <si>
     <t>∆ 2024/2023 (%)</t>
   </si>
   <si>
-    <t>Nota: Dados actualizados em 26 de Junho de 2025</t>
+    <t>Nota: Dados actualizados em 20 de fevereiro de 2026</t>
+  </si>
+  <si>
+    <t>∆ 2025/2024 (%)</t>
+  </si>
+  <si>
+    <t>PENÍNSULA DE SETÚBAL</t>
+  </si>
+  <si>
+    <t>OESTE E VALE DO TEJO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -367,84 +395,86 @@
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
+      <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Arial"/>
+      <family val="2"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="-0.249977111117893"/>
         <bgColor indexed="9"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="38">
+  <borders count="46">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color theme="8" tint="-0.24994659260841701"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color theme="0"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
@@ -861,419 +891,590 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color theme="0"/>
       </right>
       <top style="thin">
         <color theme="8" tint="-0.24994659260841701"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0"/>
       </left>
       <right/>
       <top style="thin">
         <color theme="8" tint="-0.24994659260841701"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color theme="8" tint="-0.24994659260841701"/>
+      </right>
+      <top style="medium">
+        <color theme="8" tint="-0.24994659260841701"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color theme="8" tint="-0.24994659260841701"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color theme="8" tint="-0.24994659260841701"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color theme="8" tint="-0.24994659260841701"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color rgb="FF006666"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color theme="0"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="0"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF006666"/>
+      </right>
+      <top style="thin">
+        <color theme="0"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="8" tint="-0.24994659260841701"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF006666"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color theme="8" tint="-0.24994659260841701"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="8" tint="-0.24994659260841701"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF006666"/>
+      </right>
+      <top style="thin">
+        <color theme="8" tint="-0.24994659260841701"/>
+      </top>
+      <bottom style="thin">
+        <color theme="8" tint="-0.24994659260841701"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="0"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF006666"/>
+      </right>
+      <top style="thin">
+        <color theme="8" tint="-0.24994659260841701"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
-  <cellStyleXfs count="9">
+  <cellStyleXfs count="10">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="83">
+  <cellXfs count="105">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
     <xf numFmtId="14" fontId="7" fillId="2" borderId="12" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="3" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="3" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="12" fillId="3" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="3" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="12" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="12" fillId="3" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="12" fillId="3" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="1" fontId="8" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="1" fontId="8" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="1" fontId="8" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="3" fontId="13" fillId="0" borderId="17" xfId="7" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="13" fillId="0" borderId="17" xfId="7" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="13" fillId="0" borderId="16" xfId="7" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="13" fillId="0" borderId="16" xfId="7" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="29" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="29" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="13" fillId="0" borderId="11" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="13" fillId="0" borderId="11" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="13" fillId="0" borderId="17" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="13" fillId="0" borderId="17" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="13" fillId="0" borderId="10" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="13" fillId="0" borderId="10" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="33" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="33" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="13" fillId="0" borderId="18" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="13" fillId="0" borderId="18" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="13" fillId="0" borderId="16" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="13" fillId="0" borderId="16" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="13" fillId="0" borderId="7" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="13" fillId="0" borderId="7" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="34" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="34" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="13" fillId="0" borderId="31" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="13" fillId="0" borderId="31" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="13" fillId="0" borderId="25" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="13" fillId="0" borderId="25" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="13" fillId="0" borderId="26" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="13" fillId="0" borderId="26" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="35" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="35" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="13" fillId="0" borderId="32" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="13" fillId="0" borderId="32" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="13" fillId="0" borderId="27" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="13" fillId="0" borderId="27" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="13" fillId="0" borderId="28" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="13" fillId="0" borderId="28" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="27" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="27" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="16" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="16" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="25" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="25" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="13" fillId="4" borderId="7" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="7" fillId="3" borderId="37" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="3" fontId="7" fillId="3" borderId="37" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="36" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="3" fontId="12" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="3" fontId="13" fillId="0" borderId="10" xfId="7" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="12" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="3" fontId="13" fillId="0" borderId="10" xfId="7" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="13" fillId="0" borderId="7" xfId="7" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="13" fillId="0" borderId="7" xfId="7" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="3" fontId="7" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="7" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="5" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="3" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="4" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="15" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="13" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="8" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="8" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="8" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="9" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="13" fillId="4" borderId="11" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="13" fillId="4" borderId="17" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="13" fillId="4" borderId="10" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="13" fillId="4" borderId="18" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="13" fillId="4" borderId="16" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="13" fillId="4" borderId="31" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="13" fillId="4" borderId="25" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="13" fillId="4" borderId="26" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="12" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="14" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="30" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="24" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="23" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="2" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="8" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="9" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="35" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="35" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="33" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="33" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="34" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="34" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="29" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="38" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="39" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="40" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="29" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="3" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="13" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="5" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="4" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="3" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="15" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="13" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="3" fontId="13" fillId="0" borderId="0" xfId="7" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="7" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="41" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="42" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="13" fillId="0" borderId="43" xfId="7" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="13" fillId="0" borderId="44" xfId="7" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="7" fillId="3" borderId="45" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
   </cellXfs>
-  <cellStyles count="9">
+  <cellStyles count="10">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="2"/>
-[...6 lines deleted...]
-    <cellStyle name="Normal_Número de animais" xfId="5"/>
+    <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
+    <cellStyle name="Normal 2 2" xfId="6" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
+    <cellStyle name="Normal 3" xfId="4" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
+    <cellStyle name="Normal 4" xfId="1" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
+    <cellStyle name="Normal_DEOC e  N.º Ovinos e Caprinos" xfId="7" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
+    <cellStyle name="Normal_DEOC e  N.º Ovinos e Caprinos_1" xfId="9" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
+    <cellStyle name="Normal_DEOC e  N.º Ovinos e Caprinos_2" xfId="8" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
+    <cellStyle name="Normal_Folha1" xfId="3" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
+    <cellStyle name="Normal_Número de animais" xfId="5" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <colors>
+    <mruColors>
+      <color rgb="FF006666"/>
+    </mruColors>
+  </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing2.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -1410,5237 +1611,5947 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B1:R84"/>
+  <dimension ref="B3:S104"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <selection activeCell="B86" sqref="B86"/>
+      <selection activeCell="B104" sqref="B104"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="15.44140625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="14.6640625" defaultRowHeight="17.25" customHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="18" max="18" width="8.88671875" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="3" customWidth="1"/>
+    <col min="2" max="2" width="33" customWidth="1"/>
+    <col min="4" max="4" width="45" bestFit="1" customWidth="1"/>
+    <col min="5" max="18" width="14.6640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:18" s="7" customFormat="1" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="B3" s="9" t="s">
+    <row r="3" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B3" s="6" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="5" spans="2:18" x14ac:dyDescent="0.3">
-      <c r="B5" s="67" t="s">
+    <row r="5" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B5" s="77" t="s">
         <v>0</v>
       </c>
-      <c r="C5" s="69" t="s">
+      <c r="C5" s="79" t="s">
         <v>18</v>
       </c>
-      <c r="D5" s="69" t="s">
+      <c r="D5" s="79" t="s">
         <v>2</v>
       </c>
-      <c r="E5" s="62">
+      <c r="E5" s="72">
         <v>2011</v>
       </c>
-      <c r="F5" s="69">
+      <c r="F5" s="79">
         <v>2012</v>
       </c>
-      <c r="G5" s="62">
+      <c r="G5" s="72">
         <v>2013</v>
       </c>
-      <c r="H5" s="62">
+      <c r="H5" s="72">
         <v>2014</v>
       </c>
-      <c r="I5" s="62">
+      <c r="I5" s="72">
         <v>2015</v>
       </c>
-      <c r="J5" s="62">
+      <c r="J5" s="72">
         <v>2016</v>
       </c>
-      <c r="K5" s="62">
+      <c r="K5" s="72">
         <v>2017</v>
       </c>
-      <c r="L5" s="62">
+      <c r="L5" s="72">
         <v>2018</v>
       </c>
-      <c r="M5" s="62">
+      <c r="M5" s="72">
         <v>2019</v>
       </c>
-      <c r="N5" s="62">
+      <c r="N5" s="72">
         <v>2020</v>
       </c>
-      <c r="O5" s="62">
+      <c r="O5" s="72">
         <v>2021</v>
       </c>
-      <c r="P5" s="62">
+      <c r="P5" s="72">
         <v>2022</v>
       </c>
-      <c r="Q5" s="62">
+      <c r="Q5" s="72">
         <v>2023</v>
       </c>
-      <c r="R5" s="62">
+      <c r="R5" s="72">
         <v>2024</v>
       </c>
-    </row>
-[...20 lines deleted...]
-      <c r="B7" s="65" t="s">
+      <c r="S5" s="72">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="6" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B6" s="78"/>
+      <c r="C6" s="80"/>
+      <c r="D6" s="80"/>
+      <c r="E6" s="73"/>
+      <c r="F6" s="80"/>
+      <c r="G6" s="73"/>
+      <c r="H6" s="73"/>
+      <c r="I6" s="73"/>
+      <c r="J6" s="73"/>
+      <c r="K6" s="73"/>
+      <c r="L6" s="73"/>
+      <c r="M6" s="73"/>
+      <c r="N6" s="73"/>
+      <c r="O6" s="73"/>
+      <c r="P6" s="73"/>
+      <c r="Q6" s="73"/>
+      <c r="R6" s="73"/>
+      <c r="S6" s="73"/>
+    </row>
+    <row r="7" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B7" s="75" t="s">
         <v>4</v>
       </c>
-      <c r="C7" s="74" t="s">
+      <c r="C7" s="87" t="s">
         <v>16</v>
       </c>
-      <c r="D7" s="26" t="s">
+      <c r="D7" s="23" t="s">
         <v>15</v>
       </c>
-      <c r="E7" s="27">
+      <c r="E7" s="24">
         <v>4310</v>
       </c>
-      <c r="F7" s="28">
+      <c r="F7" s="25">
         <v>5034</v>
       </c>
-      <c r="G7" s="29">
+      <c r="G7" s="26">
         <v>3914</v>
       </c>
-      <c r="H7" s="29">
+      <c r="H7" s="26">
         <v>4223</v>
       </c>
-      <c r="I7" s="29">
+      <c r="I7" s="26">
         <v>2788</v>
       </c>
-      <c r="J7" s="29">
+      <c r="J7" s="26">
         <v>5587</v>
       </c>
-      <c r="K7" s="29">
+      <c r="K7" s="26">
         <v>3754</v>
       </c>
-      <c r="L7" s="29">
+      <c r="L7" s="26">
         <v>3899</v>
       </c>
-      <c r="M7" s="29">
+      <c r="M7" s="26">
         <v>4015</v>
       </c>
-      <c r="N7" s="29">
+      <c r="N7" s="26">
         <v>4021</v>
       </c>
-      <c r="O7" s="29">
+      <c r="O7" s="26">
         <v>3211</v>
       </c>
-      <c r="P7" s="29">
+      <c r="P7" s="26">
         <v>3045</v>
       </c>
-      <c r="Q7" s="29">
+      <c r="Q7" s="26">
         <v>2184</v>
       </c>
-      <c r="R7" s="29">
+      <c r="R7" s="30">
+        <v>2430</v>
+      </c>
+      <c r="S7" s="26">
+        <v>2893</v>
+      </c>
+    </row>
+    <row r="8" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B8" s="75"/>
+      <c r="C8" s="82"/>
+      <c r="D8" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" s="28">
+        <v>7000</v>
+      </c>
+      <c r="F8" s="29">
+        <v>10297</v>
+      </c>
+      <c r="G8" s="30">
+        <v>8954</v>
+      </c>
+      <c r="H8" s="30">
+        <v>8634</v>
+      </c>
+      <c r="I8" s="30">
+        <v>6586</v>
+      </c>
+      <c r="J8" s="30">
+        <v>11302</v>
+      </c>
+      <c r="K8" s="30">
+        <v>8585</v>
+      </c>
+      <c r="L8" s="30">
+        <v>9350</v>
+      </c>
+      <c r="M8" s="30">
+        <v>8952</v>
+      </c>
+      <c r="N8" s="30">
+        <v>8599</v>
+      </c>
+      <c r="O8" s="30">
+        <v>7132</v>
+      </c>
+      <c r="P8" s="30">
+        <v>5947</v>
+      </c>
+      <c r="Q8" s="30">
+        <v>7399</v>
+      </c>
+      <c r="R8" s="26">
         <v>6573</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      <c r="D8" s="30" t="s">
+      <c r="S8" s="30">
+        <v>6669</v>
+      </c>
+    </row>
+    <row r="9" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B9" s="75"/>
+      <c r="C9" s="82"/>
+      <c r="D9" s="27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" s="28">
+        <v>267412</v>
+      </c>
+      <c r="F9" s="29">
+        <v>241682</v>
+      </c>
+      <c r="G9" s="30">
+        <v>208577</v>
+      </c>
+      <c r="H9" s="30">
+        <v>206067</v>
+      </c>
+      <c r="I9" s="30">
+        <v>164375</v>
+      </c>
+      <c r="J9" s="30">
+        <v>248502</v>
+      </c>
+      <c r="K9" s="30">
+        <v>244548</v>
+      </c>
+      <c r="L9" s="30">
+        <v>230478</v>
+      </c>
+      <c r="M9" s="30">
+        <v>220118</v>
+      </c>
+      <c r="N9" s="30">
+        <v>218044</v>
+      </c>
+      <c r="O9" s="30">
+        <v>214954</v>
+      </c>
+      <c r="P9" s="30">
+        <v>205507</v>
+      </c>
+      <c r="Q9" s="30">
+        <v>208300</v>
+      </c>
+      <c r="R9" s="30">
+        <v>207306</v>
+      </c>
+      <c r="S9" s="30">
+        <v>193560</v>
+      </c>
+    </row>
+    <row r="10" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B10" s="75"/>
+      <c r="C10" s="82"/>
+      <c r="D10" s="27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" s="28">
+        <v>12724</v>
+      </c>
+      <c r="F10" s="29">
+        <v>12152</v>
+      </c>
+      <c r="G10" s="30">
+        <v>10350</v>
+      </c>
+      <c r="H10" s="30">
+        <v>10524</v>
+      </c>
+      <c r="I10" s="30">
+        <v>8179</v>
+      </c>
+      <c r="J10" s="30">
+        <v>12789</v>
+      </c>
+      <c r="K10" s="30">
+        <v>12386</v>
+      </c>
+      <c r="L10" s="30">
+        <v>12149</v>
+      </c>
+      <c r="M10" s="30">
+        <v>11406</v>
+      </c>
+      <c r="N10" s="30">
+        <v>11722</v>
+      </c>
+      <c r="O10" s="30">
+        <v>11147</v>
+      </c>
+      <c r="P10" s="30">
+        <v>10621</v>
+      </c>
+      <c r="Q10" s="30">
+        <v>11305</v>
+      </c>
+      <c r="R10" s="30">
+        <v>11537</v>
+      </c>
+      <c r="S10" s="30">
+        <v>10640</v>
+      </c>
+    </row>
+    <row r="11" spans="2:19" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B11" s="75"/>
+      <c r="C11" s="83"/>
+      <c r="D11" s="31" t="s">
+        <v>14</v>
+      </c>
+      <c r="E11" s="32">
+        <v>32113</v>
+      </c>
+      <c r="F11" s="33">
+        <v>32358</v>
+      </c>
+      <c r="G11" s="34">
+        <v>26424</v>
+      </c>
+      <c r="H11" s="34">
+        <v>24401</v>
+      </c>
+      <c r="I11" s="34">
+        <v>18450</v>
+      </c>
+      <c r="J11" s="34">
+        <v>28354</v>
+      </c>
+      <c r="K11" s="34">
+        <v>28385</v>
+      </c>
+      <c r="L11" s="34">
+        <v>28437</v>
+      </c>
+      <c r="M11" s="34">
+        <v>26050</v>
+      </c>
+      <c r="N11" s="34">
+        <v>24569</v>
+      </c>
+      <c r="O11" s="34">
+        <v>26800</v>
+      </c>
+      <c r="P11" s="34">
+        <v>24133</v>
+      </c>
+      <c r="Q11" s="34">
+        <v>26286</v>
+      </c>
+      <c r="R11" s="34">
+        <v>25931</v>
+      </c>
+      <c r="S11" s="34">
+        <v>23698</v>
+      </c>
+    </row>
+    <row r="12" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B12" s="75"/>
+      <c r="C12" s="87" t="s">
+        <v>17</v>
+      </c>
+      <c r="D12" s="23" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" s="24">
+        <v>1373</v>
+      </c>
+      <c r="F12" s="25">
+        <v>1974</v>
+      </c>
+      <c r="G12" s="26">
+        <v>1308</v>
+      </c>
+      <c r="H12" s="26">
+        <v>1248</v>
+      </c>
+      <c r="I12" s="26">
+        <v>930</v>
+      </c>
+      <c r="J12" s="26">
+        <v>1351</v>
+      </c>
+      <c r="K12" s="26">
+        <v>1099</v>
+      </c>
+      <c r="L12" s="26">
+        <v>1268</v>
+      </c>
+      <c r="M12" s="26">
+        <v>1016</v>
+      </c>
+      <c r="N12" s="26">
+        <v>1298</v>
+      </c>
+      <c r="O12" s="26">
+        <v>1247</v>
+      </c>
+      <c r="P12" s="26">
+        <v>935</v>
+      </c>
+      <c r="Q12" s="26">
+        <v>822</v>
+      </c>
+      <c r="R12" s="26">
+        <v>904</v>
+      </c>
+      <c r="S12" s="26">
+        <v>1550</v>
+      </c>
+    </row>
+    <row r="13" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B13" s="75"/>
+      <c r="C13" s="82"/>
+      <c r="D13" s="27" t="s">
         <v>11</v>
       </c>
-      <c r="E8" s="31">
-[...45 lines deleted...]
-      <c r="D9" s="30" t="s">
+      <c r="E13" s="28">
+        <v>2946</v>
+      </c>
+      <c r="F13" s="29">
+        <v>3268</v>
+      </c>
+      <c r="G13" s="30">
+        <v>3269</v>
+      </c>
+      <c r="H13" s="30">
+        <v>3173</v>
+      </c>
+      <c r="I13" s="30">
+        <v>2468</v>
+      </c>
+      <c r="J13" s="30">
+        <v>4653</v>
+      </c>
+      <c r="K13" s="30">
+        <v>3452</v>
+      </c>
+      <c r="L13" s="30">
+        <v>3195</v>
+      </c>
+      <c r="M13" s="30">
+        <v>3097</v>
+      </c>
+      <c r="N13" s="30">
+        <v>3082</v>
+      </c>
+      <c r="O13" s="30">
+        <v>2598</v>
+      </c>
+      <c r="P13" s="30">
+        <v>2188</v>
+      </c>
+      <c r="Q13" s="30">
+        <v>1926</v>
+      </c>
+      <c r="R13" s="30">
+        <v>1494</v>
+      </c>
+      <c r="S13" s="30">
+        <v>1040</v>
+      </c>
+    </row>
+    <row r="14" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B14" s="75"/>
+      <c r="C14" s="82"/>
+      <c r="D14" s="27" t="s">
         <v>12</v>
       </c>
-      <c r="E9" s="31">
-[...45 lines deleted...]
-      <c r="D10" s="30" t="s">
+      <c r="E14" s="28">
+        <v>78543</v>
+      </c>
+      <c r="F14" s="29">
+        <v>69603</v>
+      </c>
+      <c r="G14" s="30">
+        <v>62290</v>
+      </c>
+      <c r="H14" s="30">
+        <v>63938</v>
+      </c>
+      <c r="I14" s="30">
+        <v>46169</v>
+      </c>
+      <c r="J14" s="30">
+        <v>71362</v>
+      </c>
+      <c r="K14" s="30">
+        <v>68687</v>
+      </c>
+      <c r="L14" s="30">
+        <v>66752</v>
+      </c>
+      <c r="M14" s="30">
+        <v>61051</v>
+      </c>
+      <c r="N14" s="30">
+        <v>60630</v>
+      </c>
+      <c r="O14" s="30">
+        <v>58666</v>
+      </c>
+      <c r="P14" s="30">
+        <v>56108</v>
+      </c>
+      <c r="Q14" s="30">
+        <v>55192</v>
+      </c>
+      <c r="R14" s="30">
+        <v>53268</v>
+      </c>
+      <c r="S14" s="30">
+        <v>48645</v>
+      </c>
+    </row>
+    <row r="15" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B15" s="75"/>
+      <c r="C15" s="82"/>
+      <c r="D15" s="27" t="s">
         <v>13</v>
       </c>
-      <c r="E10" s="31">
-[...26 lines deleted...]
-      <c r="N10" s="33">
+      <c r="E15" s="28">
+        <v>4191</v>
+      </c>
+      <c r="F15" s="29">
+        <v>3828</v>
+      </c>
+      <c r="G15" s="30">
+        <v>3464</v>
+      </c>
+      <c r="H15" s="30">
+        <v>3541</v>
+      </c>
+      <c r="I15" s="30">
+        <v>2648</v>
+      </c>
+      <c r="J15" s="30">
+        <v>4075</v>
+      </c>
+      <c r="K15" s="30">
+        <v>3927</v>
+      </c>
+      <c r="L15" s="30">
+        <v>3934</v>
+      </c>
+      <c r="M15" s="30">
+        <v>3612</v>
+      </c>
+      <c r="N15" s="30">
+        <v>3692</v>
+      </c>
+      <c r="O15" s="30">
+        <v>3466</v>
+      </c>
+      <c r="P15" s="30">
+        <v>3325</v>
+      </c>
+      <c r="Q15" s="30">
+        <v>3239</v>
+      </c>
+      <c r="R15" s="30">
+        <v>3255</v>
+      </c>
+      <c r="S15" s="30">
+        <v>2992</v>
+      </c>
+    </row>
+    <row r="16" spans="2:19" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B16" s="76"/>
+      <c r="C16" s="83"/>
+      <c r="D16" s="31" t="s">
+        <v>14</v>
+      </c>
+      <c r="E16" s="32">
+        <v>8253</v>
+      </c>
+      <c r="F16" s="33">
+        <v>7051</v>
+      </c>
+      <c r="G16" s="34">
+        <v>5530</v>
+      </c>
+      <c r="H16" s="34">
+        <v>5531</v>
+      </c>
+      <c r="I16" s="34">
+        <v>4081</v>
+      </c>
+      <c r="J16" s="34">
+        <v>5699</v>
+      </c>
+      <c r="K16" s="34">
+        <v>6470</v>
+      </c>
+      <c r="L16" s="34">
+        <v>6902</v>
+      </c>
+      <c r="M16" s="34">
+        <v>6664</v>
+      </c>
+      <c r="N16" s="34">
+        <v>6277</v>
+      </c>
+      <c r="O16" s="34">
+        <v>6986</v>
+      </c>
+      <c r="P16" s="34">
+        <v>5829</v>
+      </c>
+      <c r="Q16" s="34">
+        <v>6014</v>
+      </c>
+      <c r="R16" s="34">
+        <v>6577</v>
+      </c>
+      <c r="S16" s="34">
+        <v>5666</v>
+      </c>
+    </row>
+    <row r="17" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B17" s="74" t="s">
+        <v>5</v>
+      </c>
+      <c r="C17" s="81" t="s">
+        <v>16</v>
+      </c>
+      <c r="D17" s="35" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="36">
+        <v>11700</v>
+      </c>
+      <c r="F17" s="37">
+        <v>10045</v>
+      </c>
+      <c r="G17" s="38">
+        <v>11814</v>
+      </c>
+      <c r="H17" s="38">
+        <v>7598</v>
+      </c>
+      <c r="I17" s="38">
+        <v>3883</v>
+      </c>
+      <c r="J17" s="38">
+        <v>6064</v>
+      </c>
+      <c r="K17" s="38">
+        <v>5789</v>
+      </c>
+      <c r="L17" s="38">
+        <v>6063</v>
+      </c>
+      <c r="M17" s="38">
+        <v>4355</v>
+      </c>
+      <c r="N17" s="26">
+        <v>4632</v>
+      </c>
+      <c r="O17" s="26">
+        <v>4224</v>
+      </c>
+      <c r="P17" s="26">
+        <v>4942</v>
+      </c>
+      <c r="Q17" s="26">
+        <v>3698</v>
+      </c>
+      <c r="R17" s="30">
+        <v>5264</v>
+      </c>
+      <c r="S17" s="26">
+        <v>4800</v>
+      </c>
+    </row>
+    <row r="18" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B18" s="75"/>
+      <c r="C18" s="82"/>
+      <c r="D18" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" s="28">
+        <v>13988</v>
+      </c>
+      <c r="F18" s="29">
+        <v>13265</v>
+      </c>
+      <c r="G18" s="30">
+        <v>13178</v>
+      </c>
+      <c r="H18" s="30">
+        <v>15545</v>
+      </c>
+      <c r="I18" s="30">
+        <v>13828</v>
+      </c>
+      <c r="J18" s="30">
+        <v>21601</v>
+      </c>
+      <c r="K18" s="30">
+        <v>18676</v>
+      </c>
+      <c r="L18" s="30">
+        <v>18057</v>
+      </c>
+      <c r="M18" s="30">
+        <v>16997</v>
+      </c>
+      <c r="N18" s="30">
+        <v>17680</v>
+      </c>
+      <c r="O18" s="30">
+        <v>16782</v>
+      </c>
+      <c r="P18" s="30">
+        <v>18625</v>
+      </c>
+      <c r="Q18" s="30">
+        <v>17279</v>
+      </c>
+      <c r="R18" s="26">
+        <v>15526</v>
+      </c>
+      <c r="S18" s="30">
+        <v>15876</v>
+      </c>
+    </row>
+    <row r="19" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B19" s="75"/>
+      <c r="C19" s="82"/>
+      <c r="D19" s="27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" s="28">
+        <v>396498</v>
+      </c>
+      <c r="F19" s="29">
+        <v>354794</v>
+      </c>
+      <c r="G19" s="30">
+        <v>311806</v>
+      </c>
+      <c r="H19" s="30">
+        <v>24401</v>
+      </c>
+      <c r="I19" s="30">
+        <v>230467</v>
+      </c>
+      <c r="J19" s="30">
+        <v>395747</v>
+      </c>
+      <c r="K19" s="30">
+        <v>391401</v>
+      </c>
+      <c r="L19" s="30">
+        <v>382546</v>
+      </c>
+      <c r="M19" s="30">
+        <v>375595</v>
+      </c>
+      <c r="N19" s="30">
+        <v>369433</v>
+      </c>
+      <c r="O19" s="30">
+        <v>359749</v>
+      </c>
+      <c r="P19" s="30">
+        <v>343032</v>
+      </c>
+      <c r="Q19" s="30">
+        <v>346520</v>
+      </c>
+      <c r="R19" s="30">
+        <v>339232</v>
+      </c>
+      <c r="S19" s="30">
+        <v>266985</v>
+      </c>
+    </row>
+    <row r="20" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B20" s="75"/>
+      <c r="C20" s="82"/>
+      <c r="D20" s="27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" s="28">
+        <v>16126</v>
+      </c>
+      <c r="F20" s="29">
+        <v>14713</v>
+      </c>
+      <c r="G20" s="30">
+        <v>12900</v>
+      </c>
+      <c r="H20" s="30">
+        <v>13399</v>
+      </c>
+      <c r="I20" s="30">
+        <v>10539</v>
+      </c>
+      <c r="J20" s="30">
+        <v>17131</v>
+      </c>
+      <c r="K20" s="30">
+        <v>17576</v>
+      </c>
+      <c r="L20" s="30">
+        <v>17198</v>
+      </c>
+      <c r="M20" s="30">
+        <v>17083</v>
+      </c>
+      <c r="N20" s="30">
+        <v>16704</v>
+      </c>
+      <c r="O20" s="30">
+        <v>16276</v>
+      </c>
+      <c r="P20" s="30">
+        <v>16326</v>
+      </c>
+      <c r="Q20" s="30">
+        <v>17718</v>
+      </c>
+      <c r="R20" s="30">
+        <v>16821</v>
+      </c>
+      <c r="S20" s="30">
+        <v>12667</v>
+      </c>
+    </row>
+    <row r="21" spans="2:19" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B21" s="75"/>
+      <c r="C21" s="83"/>
+      <c r="D21" s="31" t="s">
+        <v>14</v>
+      </c>
+      <c r="E21" s="32">
+        <v>35366</v>
+      </c>
+      <c r="F21" s="33">
+        <v>38690</v>
+      </c>
+      <c r="G21" s="34">
+        <v>36690</v>
+      </c>
+      <c r="H21" s="34">
+        <v>39315</v>
+      </c>
+      <c r="I21" s="34">
+        <v>29000</v>
+      </c>
+      <c r="J21" s="34">
+        <v>77831</v>
+      </c>
+      <c r="K21" s="34">
+        <v>81880</v>
+      </c>
+      <c r="L21" s="34">
+        <v>55823</v>
+      </c>
+      <c r="M21" s="34">
+        <v>59996</v>
+      </c>
+      <c r="N21" s="34">
+        <v>56334</v>
+      </c>
+      <c r="O21" s="34">
+        <v>65275</v>
+      </c>
+      <c r="P21" s="34">
+        <v>64667</v>
+      </c>
+      <c r="Q21" s="34">
+        <v>67614</v>
+      </c>
+      <c r="R21" s="34">
+        <v>74696</v>
+      </c>
+      <c r="S21" s="34">
+        <v>44270</v>
+      </c>
+    </row>
+    <row r="22" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B22" s="75"/>
+      <c r="C22" s="87" t="s">
+        <v>17</v>
+      </c>
+      <c r="D22" s="23" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" s="24">
+        <v>2802</v>
+      </c>
+      <c r="F22" s="25">
+        <v>3166</v>
+      </c>
+      <c r="G22" s="26">
+        <v>3170</v>
+      </c>
+      <c r="H22" s="26">
+        <v>1685</v>
+      </c>
+      <c r="I22" s="26">
+        <v>1089</v>
+      </c>
+      <c r="J22" s="26">
+        <v>2515</v>
+      </c>
+      <c r="K22" s="26">
+        <v>2180</v>
+      </c>
+      <c r="L22" s="26">
+        <v>1718</v>
+      </c>
+      <c r="M22" s="26">
+        <v>1575</v>
+      </c>
+      <c r="N22" s="26">
+        <v>1504</v>
+      </c>
+      <c r="O22" s="26">
+        <v>1361</v>
+      </c>
+      <c r="P22" s="26">
+        <v>1482</v>
+      </c>
+      <c r="Q22" s="26">
+        <v>1030</v>
+      </c>
+      <c r="R22" s="37">
+        <v>1105</v>
+      </c>
+      <c r="S22" s="26">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="23" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B23" s="75"/>
+      <c r="C23" s="82"/>
+      <c r="D23" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" s="28">
+        <v>3687</v>
+      </c>
+      <c r="F23" s="29">
+        <v>3066</v>
+      </c>
+      <c r="G23" s="30">
+        <v>3034</v>
+      </c>
+      <c r="H23" s="30">
+        <v>3891</v>
+      </c>
+      <c r="I23" s="30">
+        <v>3271</v>
+      </c>
+      <c r="J23" s="30">
+        <v>5325</v>
+      </c>
+      <c r="K23" s="30">
+        <v>4119</v>
+      </c>
+      <c r="L23" s="30">
+        <v>4595</v>
+      </c>
+      <c r="M23" s="30">
+        <v>3275</v>
+      </c>
+      <c r="N23" s="30">
+        <v>3603</v>
+      </c>
+      <c r="O23" s="30">
+        <v>2943</v>
+      </c>
+      <c r="P23" s="30">
+        <v>2673</v>
+      </c>
+      <c r="Q23" s="30">
+        <v>2445</v>
+      </c>
+      <c r="R23" s="26">
+        <v>2302</v>
+      </c>
+      <c r="S23" s="30">
+        <v>1795</v>
+      </c>
+    </row>
+    <row r="24" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B24" s="75"/>
+      <c r="C24" s="82"/>
+      <c r="D24" s="27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E24" s="28">
+        <v>85661</v>
+      </c>
+      <c r="F24" s="29">
+        <v>80642</v>
+      </c>
+      <c r="G24" s="30">
+        <v>63782</v>
+      </c>
+      <c r="H24" s="30">
+        <v>71757</v>
+      </c>
+      <c r="I24" s="30">
+        <v>55065</v>
+      </c>
+      <c r="J24" s="30">
+        <v>93579</v>
+      </c>
+      <c r="K24" s="30">
+        <v>93779</v>
+      </c>
+      <c r="L24" s="30">
+        <v>90484</v>
+      </c>
+      <c r="M24" s="30">
+        <v>87959</v>
+      </c>
+      <c r="N24" s="30">
+        <v>84585</v>
+      </c>
+      <c r="O24" s="30">
+        <v>83063</v>
+      </c>
+      <c r="P24" s="30">
+        <v>77205</v>
+      </c>
+      <c r="Q24" s="30">
+        <v>74972</v>
+      </c>
+      <c r="R24" s="26">
+        <v>70816</v>
+      </c>
+      <c r="S24" s="30">
+        <v>46910</v>
+      </c>
+    </row>
+    <row r="25" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B25" s="75"/>
+      <c r="C25" s="82"/>
+      <c r="D25" s="27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" s="28">
+        <v>5319</v>
+      </c>
+      <c r="F25" s="29">
+        <v>5133</v>
+      </c>
+      <c r="G25" s="30">
+        <v>3735</v>
+      </c>
+      <c r="H25" s="30">
+        <v>4222</v>
+      </c>
+      <c r="I25" s="30">
+        <v>3344</v>
+      </c>
+      <c r="J25" s="30">
+        <v>5454</v>
+      </c>
+      <c r="K25" s="30">
+        <v>5308</v>
+      </c>
+      <c r="L25" s="30">
+        <v>5178</v>
+      </c>
+      <c r="M25" s="30">
+        <v>4945</v>
+      </c>
+      <c r="N25" s="30">
+        <v>4789</v>
+      </c>
+      <c r="O25" s="30">
+        <v>4831</v>
+      </c>
+      <c r="P25" s="30">
+        <v>4678</v>
+      </c>
+      <c r="Q25" s="30">
+        <v>4547</v>
+      </c>
+      <c r="R25" s="30">
+        <v>4710</v>
+      </c>
+      <c r="S25" s="30">
+        <v>3143</v>
+      </c>
+    </row>
+    <row r="26" spans="2:19" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B26" s="76"/>
+      <c r="C26" s="83"/>
+      <c r="D26" s="31" t="s">
+        <v>14</v>
+      </c>
+      <c r="E26" s="32">
+        <v>6291</v>
+      </c>
+      <c r="F26" s="33">
+        <v>6501</v>
+      </c>
+      <c r="G26" s="34">
+        <v>6860</v>
+      </c>
+      <c r="H26" s="34">
+        <v>7449</v>
+      </c>
+      <c r="I26" s="34">
+        <v>4949</v>
+      </c>
+      <c r="J26" s="34">
+        <v>9025</v>
+      </c>
+      <c r="K26" s="34">
+        <v>10293</v>
+      </c>
+      <c r="L26" s="34">
+        <v>9245</v>
+      </c>
+      <c r="M26" s="34">
+        <v>8858</v>
+      </c>
+      <c r="N26" s="34">
+        <v>8439</v>
+      </c>
+      <c r="O26" s="34">
+        <v>8716</v>
+      </c>
+      <c r="P26" s="34">
+        <v>6815</v>
+      </c>
+      <c r="Q26" s="34">
+        <v>7789</v>
+      </c>
+      <c r="R26" s="33">
+        <v>6541</v>
+      </c>
+      <c r="S26" s="34">
+        <v>5174</v>
+      </c>
+    </row>
+    <row r="27" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B27" s="74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" s="81" t="s">
+        <v>16</v>
+      </c>
+      <c r="D27" s="35" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" s="36">
+        <v>2154</v>
+      </c>
+      <c r="F27" s="37">
+        <v>2056</v>
+      </c>
+      <c r="G27" s="38">
+        <v>1635</v>
+      </c>
+      <c r="H27" s="38">
+        <v>967</v>
+      </c>
+      <c r="I27" s="38">
+        <v>843</v>
+      </c>
+      <c r="J27" s="38">
+        <v>1059</v>
+      </c>
+      <c r="K27" s="38">
+        <v>1423</v>
+      </c>
+      <c r="L27" s="38">
+        <v>1130</v>
+      </c>
+      <c r="M27" s="38">
+        <v>1130</v>
+      </c>
+      <c r="N27" s="38">
+        <v>727</v>
+      </c>
+      <c r="O27" s="38">
+        <v>784</v>
+      </c>
+      <c r="P27" s="38">
+        <v>631</v>
+      </c>
+      <c r="Q27" s="38">
+        <v>616</v>
+      </c>
+      <c r="R27" s="37">
+        <v>994</v>
+      </c>
+      <c r="S27" s="38">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="28" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B28" s="75"/>
+      <c r="C28" s="82"/>
+      <c r="D28" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="E28" s="28">
+        <v>1770</v>
+      </c>
+      <c r="F28" s="29">
+        <v>1921</v>
+      </c>
+      <c r="G28" s="30">
+        <v>1182</v>
+      </c>
+      <c r="H28" s="30">
+        <v>1308</v>
+      </c>
+      <c r="I28" s="30">
+        <v>1122</v>
+      </c>
+      <c r="J28" s="30">
+        <v>1786</v>
+      </c>
+      <c r="K28" s="30">
+        <v>1731</v>
+      </c>
+      <c r="L28" s="30">
+        <v>2273</v>
+      </c>
+      <c r="M28" s="30">
+        <v>1365</v>
+      </c>
+      <c r="N28" s="30">
+        <v>1956</v>
+      </c>
+      <c r="O28" s="30">
+        <v>2882</v>
+      </c>
+      <c r="P28" s="30">
+        <v>1654</v>
+      </c>
+      <c r="Q28" s="30">
+        <v>2572</v>
+      </c>
+      <c r="R28" s="26">
+        <v>2576</v>
+      </c>
+      <c r="S28" s="30">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="29" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B29" s="75"/>
+      <c r="C29" s="82"/>
+      <c r="D29" s="27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E29" s="28">
+        <v>36595</v>
+      </c>
+      <c r="F29" s="29">
+        <v>31851</v>
+      </c>
+      <c r="G29" s="30">
+        <v>23501</v>
+      </c>
+      <c r="H29" s="30">
+        <v>26718</v>
+      </c>
+      <c r="I29" s="30">
+        <v>19139</v>
+      </c>
+      <c r="J29" s="30">
+        <v>33079</v>
+      </c>
+      <c r="K29" s="30">
+        <v>35077</v>
+      </c>
+      <c r="L29" s="30">
+        <v>35006</v>
+      </c>
+      <c r="M29" s="30">
+        <v>33386</v>
+      </c>
+      <c r="N29" s="30">
+        <v>32245</v>
+      </c>
+      <c r="O29" s="30">
+        <v>29206</v>
+      </c>
+      <c r="P29" s="30">
+        <v>28436</v>
+      </c>
+      <c r="Q29" s="30">
+        <v>27731</v>
+      </c>
+      <c r="R29" s="30">
+        <v>26742</v>
+      </c>
+      <c r="S29" s="30">
+        <v>6697</v>
+      </c>
+    </row>
+    <row r="30" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B30" s="75"/>
+      <c r="C30" s="82"/>
+      <c r="D30" s="27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" s="28">
+        <v>1414</v>
+      </c>
+      <c r="F30" s="29">
+        <v>1312</v>
+      </c>
+      <c r="G30" s="30">
+        <v>1030</v>
+      </c>
+      <c r="H30" s="30">
+        <v>1111</v>
+      </c>
+      <c r="I30" s="30">
+        <v>816</v>
+      </c>
+      <c r="J30" s="30">
+        <v>1504</v>
+      </c>
+      <c r="K30" s="30">
+        <v>1514</v>
+      </c>
+      <c r="L30" s="30">
+        <v>1518</v>
+      </c>
+      <c r="M30" s="30">
+        <v>1404</v>
+      </c>
+      <c r="N30" s="30">
+        <v>1404</v>
+      </c>
+      <c r="O30" s="30">
+        <v>1391</v>
+      </c>
+      <c r="P30" s="30">
+        <v>1331</v>
+      </c>
+      <c r="Q30" s="30">
+        <v>1323</v>
+      </c>
+      <c r="R30" s="30">
+        <v>1529</v>
+      </c>
+      <c r="S30" s="30">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="31" spans="2:19" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B31" s="75"/>
+      <c r="C31" s="83"/>
+      <c r="D31" s="31" t="s">
+        <v>14</v>
+      </c>
+      <c r="E31" s="32">
+        <v>3874</v>
+      </c>
+      <c r="F31" s="33">
+        <v>4174</v>
+      </c>
+      <c r="G31" s="34">
+        <v>3034</v>
+      </c>
+      <c r="H31" s="34">
+        <v>4323</v>
+      </c>
+      <c r="I31" s="34">
+        <v>2459</v>
+      </c>
+      <c r="J31" s="34">
+        <v>5783</v>
+      </c>
+      <c r="K31" s="34">
+        <v>5192</v>
+      </c>
+      <c r="L31" s="34">
+        <v>5480</v>
+      </c>
+      <c r="M31" s="34">
+        <v>5676</v>
+      </c>
+      <c r="N31" s="34">
+        <v>4811</v>
+      </c>
+      <c r="O31" s="34">
+        <v>4535</v>
+      </c>
+      <c r="P31" s="34">
+        <v>4934</v>
+      </c>
+      <c r="Q31" s="34">
+        <v>5452</v>
+      </c>
+      <c r="R31" s="34">
+        <v>4902</v>
+      </c>
+      <c r="S31" s="34">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="32" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B32" s="75"/>
+      <c r="C32" s="87" t="s">
+        <v>17</v>
+      </c>
+      <c r="D32" s="23" t="s">
+        <v>15</v>
+      </c>
+      <c r="E32" s="24">
+        <v>307</v>
+      </c>
+      <c r="F32" s="25">
+        <v>292</v>
+      </c>
+      <c r="G32" s="26">
+        <v>371</v>
+      </c>
+      <c r="H32" s="26">
+        <v>436</v>
+      </c>
+      <c r="I32" s="26">
+        <v>179</v>
+      </c>
+      <c r="J32" s="26">
+        <v>201</v>
+      </c>
+      <c r="K32" s="26">
+        <v>237</v>
+      </c>
+      <c r="L32" s="26">
+        <v>276</v>
+      </c>
+      <c r="M32" s="26">
+        <v>212</v>
+      </c>
+      <c r="N32" s="26">
+        <v>182</v>
+      </c>
+      <c r="O32" s="26">
+        <v>204</v>
+      </c>
+      <c r="P32" s="26">
+        <v>293</v>
+      </c>
+      <c r="Q32" s="26">
+        <v>323</v>
+      </c>
+      <c r="R32" s="26">
+        <v>291</v>
+      </c>
+      <c r="S32" s="26">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="33" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B33" s="75"/>
+      <c r="C33" s="82"/>
+      <c r="D33" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="E33" s="28">
+        <v>623</v>
+      </c>
+      <c r="F33" s="29">
+        <v>503</v>
+      </c>
+      <c r="G33" s="30">
+        <v>509</v>
+      </c>
+      <c r="H33" s="30">
+        <v>717</v>
+      </c>
+      <c r="I33" s="30">
+        <v>416</v>
+      </c>
+      <c r="J33" s="30">
+        <v>1001</v>
+      </c>
+      <c r="K33" s="30">
+        <v>862</v>
+      </c>
+      <c r="L33" s="30">
+        <v>830</v>
+      </c>
+      <c r="M33" s="30">
+        <v>786</v>
+      </c>
+      <c r="N33" s="30">
+        <v>763</v>
+      </c>
+      <c r="O33" s="30">
+        <v>675</v>
+      </c>
+      <c r="P33" s="30">
+        <v>745</v>
+      </c>
+      <c r="Q33" s="30">
+        <v>536</v>
+      </c>
+      <c r="R33" s="30">
+        <v>608</v>
+      </c>
+      <c r="S33" s="30">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="34" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B34" s="75"/>
+      <c r="C34" s="82"/>
+      <c r="D34" s="27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E34" s="28">
+        <v>4367</v>
+      </c>
+      <c r="F34" s="29">
+        <v>4227</v>
+      </c>
+      <c r="G34" s="30">
+        <v>3213</v>
+      </c>
+      <c r="H34" s="30">
+        <v>3645</v>
+      </c>
+      <c r="I34" s="30">
+        <v>2877</v>
+      </c>
+      <c r="J34" s="30">
+        <v>5988</v>
+      </c>
+      <c r="K34" s="30">
+        <v>6541</v>
+      </c>
+      <c r="L34" s="30">
+        <v>6105</v>
+      </c>
+      <c r="M34" s="30">
+        <v>5739</v>
+      </c>
+      <c r="N34" s="30">
+        <v>5578</v>
+      </c>
+      <c r="O34" s="30">
+        <v>5634</v>
+      </c>
+      <c r="P34" s="30">
+        <v>6154</v>
+      </c>
+      <c r="Q34" s="30">
+        <v>5515</v>
+      </c>
+      <c r="R34" s="30">
+        <v>5644</v>
+      </c>
+      <c r="S34" s="30">
+        <v>3006</v>
+      </c>
+    </row>
+    <row r="35" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B35" s="75"/>
+      <c r="C35" s="82"/>
+      <c r="D35" s="27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" s="28">
+        <v>334</v>
+      </c>
+      <c r="F35" s="29">
+        <v>330</v>
+      </c>
+      <c r="G35" s="30">
+        <v>268</v>
+      </c>
+      <c r="H35" s="30">
+        <v>284</v>
+      </c>
+      <c r="I35" s="30">
+        <v>224</v>
+      </c>
+      <c r="J35" s="30">
+        <v>433</v>
+      </c>
+      <c r="K35" s="30">
+        <v>440</v>
+      </c>
+      <c r="L35" s="30">
+        <v>408</v>
+      </c>
+      <c r="M35" s="30">
+        <v>412</v>
+      </c>
+      <c r="N35" s="30">
+        <v>401</v>
+      </c>
+      <c r="O35" s="30">
+        <v>466</v>
+      </c>
+      <c r="P35" s="30">
+        <v>492</v>
+      </c>
+      <c r="Q35" s="30">
+        <v>443</v>
+      </c>
+      <c r="R35" s="30">
+        <v>442</v>
+      </c>
+      <c r="S35" s="30">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="36" spans="2:19" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B36" s="76"/>
+      <c r="C36" s="83"/>
+      <c r="D36" s="31" t="s">
+        <v>14</v>
+      </c>
+      <c r="E36" s="32">
+        <v>612</v>
+      </c>
+      <c r="F36" s="33">
+        <v>726</v>
+      </c>
+      <c r="G36" s="34">
+        <v>531</v>
+      </c>
+      <c r="H36" s="34">
+        <v>835</v>
+      </c>
+      <c r="I36" s="34">
+        <v>571</v>
+      </c>
+      <c r="J36" s="34">
+        <v>779</v>
+      </c>
+      <c r="K36" s="34">
+        <v>984</v>
+      </c>
+      <c r="L36" s="34">
+        <v>748</v>
+      </c>
+      <c r="M36" s="34">
+        <v>992</v>
+      </c>
+      <c r="N36" s="34">
+        <v>1147</v>
+      </c>
+      <c r="O36" s="34">
+        <v>924</v>
+      </c>
+      <c r="P36" s="34">
+        <v>942</v>
+      </c>
+      <c r="Q36" s="34">
+        <v>929</v>
+      </c>
+      <c r="R36" s="34">
+        <v>763</v>
+      </c>
+      <c r="S36" s="34">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="37" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B37" s="84" t="s">
+        <v>43</v>
+      </c>
+      <c r="C37" s="81" t="s">
+        <v>16</v>
+      </c>
+      <c r="D37" s="35" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" s="64"/>
+      <c r="F37" s="65"/>
+      <c r="G37" s="66"/>
+      <c r="H37" s="66"/>
+      <c r="I37" s="66"/>
+      <c r="J37" s="66"/>
+      <c r="K37" s="66"/>
+      <c r="L37" s="66"/>
+      <c r="M37" s="66"/>
+      <c r="N37" s="66"/>
+      <c r="O37" s="66"/>
+      <c r="P37" s="66"/>
+      <c r="Q37" s="66"/>
+      <c r="R37" s="66"/>
+      <c r="S37" s="26">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="38" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B38" s="85"/>
+      <c r="C38" s="82"/>
+      <c r="D38" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="E38" s="67"/>
+      <c r="F38" s="68"/>
+      <c r="G38" s="43"/>
+      <c r="H38" s="43"/>
+      <c r="I38" s="43"/>
+      <c r="J38" s="43"/>
+      <c r="K38" s="43"/>
+      <c r="L38" s="43"/>
+      <c r="M38" s="43"/>
+      <c r="N38" s="43"/>
+      <c r="O38" s="43"/>
+      <c r="P38" s="43"/>
+      <c r="Q38" s="43"/>
+      <c r="R38" s="43"/>
+      <c r="S38" s="30">
+        <v>1444</v>
+      </c>
+    </row>
+    <row r="39" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B39" s="85"/>
+      <c r="C39" s="82"/>
+      <c r="D39" s="27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E39" s="67"/>
+      <c r="F39" s="68"/>
+      <c r="G39" s="43"/>
+      <c r="H39" s="43"/>
+      <c r="I39" s="43"/>
+      <c r="J39" s="43"/>
+      <c r="K39" s="43"/>
+      <c r="L39" s="43"/>
+      <c r="M39" s="43"/>
+      <c r="N39" s="43"/>
+      <c r="O39" s="43"/>
+      <c r="P39" s="43"/>
+      <c r="Q39" s="43"/>
+      <c r="R39" s="43"/>
+      <c r="S39" s="30">
+        <v>16664</v>
+      </c>
+    </row>
+    <row r="40" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B40" s="85"/>
+      <c r="C40" s="82"/>
+      <c r="D40" s="27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" s="67"/>
+      <c r="F40" s="68"/>
+      <c r="G40" s="43"/>
+      <c r="H40" s="43"/>
+      <c r="I40" s="43"/>
+      <c r="J40" s="43"/>
+      <c r="K40" s="43"/>
+      <c r="L40" s="43"/>
+      <c r="M40" s="43"/>
+      <c r="N40" s="43"/>
+      <c r="O40" s="43"/>
+      <c r="P40" s="43"/>
+      <c r="Q40" s="43"/>
+      <c r="R40" s="43"/>
+      <c r="S40" s="30">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="41" spans="2:19" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B41" s="85"/>
+      <c r="C41" s="83"/>
+      <c r="D41" s="31" t="s">
+        <v>14</v>
+      </c>
+      <c r="E41" s="69"/>
+      <c r="F41" s="70"/>
+      <c r="G41" s="71"/>
+      <c r="H41" s="71"/>
+      <c r="I41" s="71"/>
+      <c r="J41" s="71"/>
+      <c r="K41" s="71"/>
+      <c r="L41" s="71"/>
+      <c r="M41" s="71"/>
+      <c r="N41" s="71"/>
+      <c r="O41" s="71"/>
+      <c r="P41" s="71"/>
+      <c r="Q41" s="71"/>
+      <c r="R41" s="71"/>
+      <c r="S41" s="34">
+        <v>4005</v>
+      </c>
+    </row>
+    <row r="42" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B42" s="85"/>
+      <c r="C42" s="87" t="s">
+        <v>17</v>
+      </c>
+      <c r="D42" s="23" t="s">
+        <v>15</v>
+      </c>
+      <c r="E42" s="64"/>
+      <c r="F42" s="65"/>
+      <c r="G42" s="66"/>
+      <c r="H42" s="66"/>
+      <c r="I42" s="66"/>
+      <c r="J42" s="66"/>
+      <c r="K42" s="66"/>
+      <c r="L42" s="66"/>
+      <c r="M42" s="66"/>
+      <c r="N42" s="66"/>
+      <c r="O42" s="66"/>
+      <c r="P42" s="66"/>
+      <c r="Q42" s="66"/>
+      <c r="R42" s="66"/>
+      <c r="S42" s="26">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="43" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B43" s="85"/>
+      <c r="C43" s="82"/>
+      <c r="D43" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="E43" s="67"/>
+      <c r="F43" s="68"/>
+      <c r="G43" s="43"/>
+      <c r="H43" s="43"/>
+      <c r="I43" s="43"/>
+      <c r="J43" s="43"/>
+      <c r="K43" s="43"/>
+      <c r="L43" s="43"/>
+      <c r="M43" s="43"/>
+      <c r="N43" s="43"/>
+      <c r="O43" s="43"/>
+      <c r="P43" s="43"/>
+      <c r="Q43" s="43"/>
+      <c r="R43" s="43"/>
+      <c r="S43" s="30">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="44" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B44" s="85"/>
+      <c r="C44" s="82"/>
+      <c r="D44" s="27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E44" s="67"/>
+      <c r="F44" s="68"/>
+      <c r="G44" s="43"/>
+      <c r="H44" s="43"/>
+      <c r="I44" s="43"/>
+      <c r="J44" s="43"/>
+      <c r="K44" s="43"/>
+      <c r="L44" s="43"/>
+      <c r="M44" s="43"/>
+      <c r="N44" s="43"/>
+      <c r="O44" s="43"/>
+      <c r="P44" s="43"/>
+      <c r="Q44" s="43"/>
+      <c r="R44" s="43"/>
+      <c r="S44" s="30">
+        <v>1833</v>
+      </c>
+    </row>
+    <row r="45" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B45" s="85"/>
+      <c r="C45" s="82"/>
+      <c r="D45" s="27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" s="67"/>
+      <c r="F45" s="68"/>
+      <c r="G45" s="43"/>
+      <c r="H45" s="43"/>
+      <c r="I45" s="43"/>
+      <c r="J45" s="43"/>
+      <c r="K45" s="43"/>
+      <c r="L45" s="43"/>
+      <c r="M45" s="43"/>
+      <c r="N45" s="43"/>
+      <c r="O45" s="43"/>
+      <c r="P45" s="43"/>
+      <c r="Q45" s="43"/>
+      <c r="R45" s="43"/>
+      <c r="S45" s="30">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="46" spans="2:19" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B46" s="85"/>
+      <c r="C46" s="83"/>
+      <c r="D46" s="31" t="s">
+        <v>14</v>
+      </c>
+      <c r="E46" s="69"/>
+      <c r="F46" s="70"/>
+      <c r="G46" s="71"/>
+      <c r="H46" s="71"/>
+      <c r="I46" s="71"/>
+      <c r="J46" s="71"/>
+      <c r="K46" s="71"/>
+      <c r="L46" s="71"/>
+      <c r="M46" s="71"/>
+      <c r="N46" s="71"/>
+      <c r="O46" s="71"/>
+      <c r="P46" s="71"/>
+      <c r="Q46" s="71"/>
+      <c r="R46" s="71"/>
+      <c r="S46" s="34">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="47" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B47" s="74" t="s">
+        <v>6</v>
+      </c>
+      <c r="C47" s="81" t="s">
+        <v>16</v>
+      </c>
+      <c r="D47" s="35" t="s">
+        <v>15</v>
+      </c>
+      <c r="E47" s="36">
+        <v>34293</v>
+      </c>
+      <c r="F47" s="37">
+        <v>36514</v>
+      </c>
+      <c r="G47" s="38">
+        <v>42269</v>
+      </c>
+      <c r="H47" s="38">
+        <v>31340</v>
+      </c>
+      <c r="I47" s="38">
+        <v>16350</v>
+      </c>
+      <c r="J47" s="38">
+        <v>24942</v>
+      </c>
+      <c r="K47" s="38">
+        <v>25344</v>
+      </c>
+      <c r="L47" s="38">
+        <v>24093</v>
+      </c>
+      <c r="M47" s="38">
+        <v>29430</v>
+      </c>
+      <c r="N47" s="38">
+        <v>27535</v>
+      </c>
+      <c r="O47" s="38">
+        <v>23941</v>
+      </c>
+      <c r="P47" s="38">
+        <v>20458</v>
+      </c>
+      <c r="Q47" s="38">
+        <v>21053</v>
+      </c>
+      <c r="R47" s="38">
+        <v>24421</v>
+      </c>
+      <c r="S47" s="38">
+        <v>24538</v>
+      </c>
+    </row>
+    <row r="48" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B48" s="75"/>
+      <c r="C48" s="82"/>
+      <c r="D48" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="E48" s="28">
+        <v>35203</v>
+      </c>
+      <c r="F48" s="29">
+        <v>31845</v>
+      </c>
+      <c r="G48" s="30">
+        <v>38495</v>
+      </c>
+      <c r="H48" s="30">
+        <v>44961</v>
+      </c>
+      <c r="I48" s="30">
+        <v>45233</v>
+      </c>
+      <c r="J48" s="30">
+        <v>77877</v>
+      </c>
+      <c r="K48" s="30">
+        <v>76589</v>
+      </c>
+      <c r="L48" s="30">
+        <v>63663</v>
+      </c>
+      <c r="M48" s="30">
+        <v>81150</v>
+      </c>
+      <c r="N48" s="30">
+        <v>65286</v>
+      </c>
+      <c r="O48" s="30">
+        <v>82729</v>
+      </c>
+      <c r="P48" s="30">
+        <v>68084</v>
+      </c>
+      <c r="Q48" s="30">
+        <v>68329</v>
+      </c>
+      <c r="R48" s="30">
+        <v>73518</v>
+      </c>
+      <c r="S48" s="30">
+        <v>71846</v>
+      </c>
+    </row>
+    <row r="49" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B49" s="75"/>
+      <c r="C49" s="82"/>
+      <c r="D49" s="27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E49" s="28">
+        <v>801974</v>
+      </c>
+      <c r="F49" s="29">
+        <v>735835</v>
+      </c>
+      <c r="G49" s="30">
+        <v>699346</v>
+      </c>
+      <c r="H49" s="30">
+        <v>723031</v>
+      </c>
+      <c r="I49" s="30">
+        <v>495877</v>
+      </c>
+      <c r="J49" s="30">
+        <v>848114</v>
+      </c>
+      <c r="K49" s="30">
+        <v>856934</v>
+      </c>
+      <c r="L49" s="30">
+        <v>860239</v>
+      </c>
+      <c r="M49" s="30">
+        <v>857727</v>
+      </c>
+      <c r="N49" s="30">
+        <v>863558</v>
+      </c>
+      <c r="O49" s="30">
+        <v>856366</v>
+      </c>
+      <c r="P49" s="30">
+        <v>857079</v>
+      </c>
+      <c r="Q49" s="30">
+        <v>854910</v>
+      </c>
+      <c r="R49" s="30">
+        <v>836471</v>
+      </c>
+      <c r="S49" s="30">
+        <v>767966</v>
+      </c>
+    </row>
+    <row r="50" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B50" s="75"/>
+      <c r="C50" s="82"/>
+      <c r="D50" s="27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" s="28">
+        <v>31898</v>
+      </c>
+      <c r="F50" s="29">
+        <v>29989</v>
+      </c>
+      <c r="G50" s="30">
+        <v>29250</v>
+      </c>
+      <c r="H50" s="30">
+        <v>30803</v>
+      </c>
+      <c r="I50" s="30">
+        <v>21706</v>
+      </c>
+      <c r="J50" s="30">
+        <v>36778</v>
+      </c>
+      <c r="K50" s="30">
+        <v>37492</v>
+      </c>
+      <c r="L50" s="30">
+        <v>36372</v>
+      </c>
+      <c r="M50" s="30">
+        <v>38309</v>
+      </c>
+      <c r="N50" s="30">
+        <v>37720</v>
+      </c>
+      <c r="O50" s="30">
+        <v>39872</v>
+      </c>
+      <c r="P50" s="30">
+        <v>40105</v>
+      </c>
+      <c r="Q50" s="30">
+        <v>45316</v>
+      </c>
+      <c r="R50" s="30">
+        <v>54047</v>
+      </c>
+      <c r="S50" s="30">
+        <v>38016</v>
+      </c>
+    </row>
+    <row r="51" spans="2:19" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B51" s="75"/>
+      <c r="C51" s="83"/>
+      <c r="D51" s="31" t="s">
+        <v>14</v>
+      </c>
+      <c r="E51" s="32">
+        <v>217526</v>
+      </c>
+      <c r="F51" s="33">
+        <v>233123</v>
+      </c>
+      <c r="G51" s="34">
+        <v>247261</v>
+      </c>
+      <c r="H51" s="34">
+        <v>242160</v>
+      </c>
+      <c r="I51" s="34">
+        <v>164629</v>
+      </c>
+      <c r="J51" s="34">
+        <v>321138</v>
+      </c>
+      <c r="K51" s="34">
+        <v>330427</v>
+      </c>
+      <c r="L51" s="34">
+        <v>366831</v>
+      </c>
+      <c r="M51" s="34">
+        <v>367389</v>
+      </c>
+      <c r="N51" s="34">
+        <v>421776</v>
+      </c>
+      <c r="O51" s="34">
+        <v>405481</v>
+      </c>
+      <c r="P51" s="34">
+        <v>435252</v>
+      </c>
+      <c r="Q51" s="34">
+        <v>414744</v>
+      </c>
+      <c r="R51" s="34">
+        <v>398291</v>
+      </c>
+      <c r="S51" s="34">
+        <v>330498</v>
+      </c>
+    </row>
+    <row r="52" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B52" s="75"/>
+      <c r="C52" s="87" t="s">
+        <v>17</v>
+      </c>
+      <c r="D52" s="23" t="s">
+        <v>15</v>
+      </c>
+      <c r="E52" s="24">
+        <v>5233</v>
+      </c>
+      <c r="F52" s="25">
+        <v>4746</v>
+      </c>
+      <c r="G52" s="26">
+        <v>5542</v>
+      </c>
+      <c r="H52" s="26">
+        <v>4061</v>
+      </c>
+      <c r="I52" s="26">
+        <v>1990</v>
+      </c>
+      <c r="J52" s="26">
+        <v>3672</v>
+      </c>
+      <c r="K52" s="26">
+        <v>3269</v>
+      </c>
+      <c r="L52" s="26">
+        <v>2661</v>
+      </c>
+      <c r="M52" s="26">
+        <v>3243</v>
+      </c>
+      <c r="N52" s="26">
+        <v>2654</v>
+      </c>
+      <c r="O52" s="26">
+        <v>1814</v>
+      </c>
+      <c r="P52" s="26">
+        <v>1741</v>
+      </c>
+      <c r="Q52" s="26">
+        <v>1921</v>
+      </c>
+      <c r="R52" s="26">
+        <v>1915</v>
+      </c>
+      <c r="S52" s="26">
+        <v>1304</v>
+      </c>
+    </row>
+    <row r="53" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B53" s="75"/>
+      <c r="C53" s="82"/>
+      <c r="D53" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="E53" s="28">
+        <v>6296</v>
+      </c>
+      <c r="F53" s="29">
+        <v>5613</v>
+      </c>
+      <c r="G53" s="30">
+        <v>4592</v>
+      </c>
+      <c r="H53" s="30">
+        <v>5240</v>
+      </c>
+      <c r="I53" s="30">
+        <v>5340</v>
+      </c>
+      <c r="J53" s="30">
+        <v>8020</v>
+      </c>
+      <c r="K53" s="30">
+        <v>7726</v>
+      </c>
+      <c r="L53" s="30">
+        <v>8017</v>
+      </c>
+      <c r="M53" s="30">
+        <v>7057</v>
+      </c>
+      <c r="N53" s="30">
+        <v>5810</v>
+      </c>
+      <c r="O53" s="30">
+        <v>6799</v>
+      </c>
+      <c r="P53" s="30">
+        <v>5616</v>
+      </c>
+      <c r="Q53" s="30">
+        <v>5172</v>
+      </c>
+      <c r="R53" s="30">
+        <v>5914</v>
+      </c>
+      <c r="S53" s="30">
+        <v>4631</v>
+      </c>
+    </row>
+    <row r="54" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B54" s="75"/>
+      <c r="C54" s="82"/>
+      <c r="D54" s="27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E54" s="28">
+        <v>77409</v>
+      </c>
+      <c r="F54" s="29">
+        <v>70648</v>
+      </c>
+      <c r="G54" s="30">
+        <v>61585</v>
+      </c>
+      <c r="H54" s="30">
+        <v>63284</v>
+      </c>
+      <c r="I54" s="30">
+        <v>45081</v>
+      </c>
+      <c r="J54" s="30">
+        <v>74194</v>
+      </c>
+      <c r="K54" s="30">
+        <v>73067</v>
+      </c>
+      <c r="L54" s="30">
+        <v>71739</v>
+      </c>
+      <c r="M54" s="30">
+        <v>67657</v>
+      </c>
+      <c r="N54" s="30">
+        <v>64160</v>
+      </c>
+      <c r="O54" s="30">
+        <v>61820</v>
+      </c>
+      <c r="P54" s="30">
+        <v>58479</v>
+      </c>
+      <c r="Q54" s="30">
+        <v>56115</v>
+      </c>
+      <c r="R54" s="30">
+        <v>53261</v>
+      </c>
+      <c r="S54" s="30">
+        <v>44217</v>
+      </c>
+    </row>
+    <row r="55" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B55" s="75"/>
+      <c r="C55" s="82"/>
+      <c r="D55" s="27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E55" s="28">
+        <v>4261</v>
+      </c>
+      <c r="F55" s="29">
+        <v>4163</v>
+      </c>
+      <c r="G55" s="30">
+        <v>3658</v>
+      </c>
+      <c r="H55" s="30">
+        <v>3623</v>
+      </c>
+      <c r="I55" s="30">
+        <v>2759</v>
+      </c>
+      <c r="J55" s="30">
+        <v>4472</v>
+      </c>
+      <c r="K55" s="30">
+        <v>4388</v>
+      </c>
+      <c r="L55" s="30">
+        <v>4206</v>
+      </c>
+      <c r="M55" s="30">
+        <v>4042</v>
+      </c>
+      <c r="N55" s="30">
+        <v>3690</v>
+      </c>
+      <c r="O55" s="30">
+        <v>3575</v>
+      </c>
+      <c r="P55" s="30">
+        <v>3340</v>
+      </c>
+      <c r="Q55" s="30">
+        <v>3250</v>
+      </c>
+      <c r="R55" s="30">
+        <v>3252</v>
+      </c>
+      <c r="S55" s="30">
+        <v>2629</v>
+      </c>
+    </row>
+    <row r="56" spans="2:19" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B56" s="76"/>
+      <c r="C56" s="83"/>
+      <c r="D56" s="31" t="s">
+        <v>14</v>
+      </c>
+      <c r="E56" s="32">
         <v>11722</v>
       </c>
-      <c r="O10" s="33">
-[...15 lines deleted...]
-      <c r="D11" s="34" t="s">
+      <c r="F56" s="33">
+        <v>11318</v>
+      </c>
+      <c r="G56" s="34">
+        <v>12024</v>
+      </c>
+      <c r="H56" s="34">
+        <v>12858</v>
+      </c>
+      <c r="I56" s="34">
+        <v>9067</v>
+      </c>
+      <c r="J56" s="34">
+        <v>15511</v>
+      </c>
+      <c r="K56" s="34">
+        <v>17908</v>
+      </c>
+      <c r="L56" s="34">
+        <v>16735</v>
+      </c>
+      <c r="M56" s="34">
+        <v>16995</v>
+      </c>
+      <c r="N56" s="34">
+        <v>14601</v>
+      </c>
+      <c r="O56" s="34">
+        <v>15616</v>
+      </c>
+      <c r="P56" s="34">
+        <v>13673</v>
+      </c>
+      <c r="Q56" s="34">
+        <v>14841</v>
+      </c>
+      <c r="R56" s="34">
+        <v>13857</v>
+      </c>
+      <c r="S56" s="34">
+        <v>11091</v>
+      </c>
+    </row>
+    <row r="57" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B57" s="84" t="s">
+        <v>44</v>
+      </c>
+      <c r="C57" s="81" t="s">
+        <v>16</v>
+      </c>
+      <c r="D57" s="35" t="s">
+        <v>15</v>
+      </c>
+      <c r="E57" s="64"/>
+      <c r="F57" s="65"/>
+      <c r="G57" s="66"/>
+      <c r="H57" s="66"/>
+      <c r="I57" s="66"/>
+      <c r="J57" s="66"/>
+      <c r="K57" s="66"/>
+      <c r="L57" s="66"/>
+      <c r="M57" s="66"/>
+      <c r="N57" s="66"/>
+      <c r="O57" s="66"/>
+      <c r="P57" s="66"/>
+      <c r="Q57" s="66"/>
+      <c r="R57" s="66"/>
+      <c r="S57" s="26">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="58" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B58" s="85"/>
+      <c r="C58" s="82"/>
+      <c r="D58" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="E58" s="67"/>
+      <c r="F58" s="68"/>
+      <c r="G58" s="43"/>
+      <c r="H58" s="43"/>
+      <c r="I58" s="43"/>
+      <c r="J58" s="43"/>
+      <c r="K58" s="43"/>
+      <c r="L58" s="43"/>
+      <c r="M58" s="43"/>
+      <c r="N58" s="43"/>
+      <c r="O58" s="43"/>
+      <c r="P58" s="43"/>
+      <c r="Q58" s="43"/>
+      <c r="R58" s="43"/>
+      <c r="S58" s="30">
+        <v>4348</v>
+      </c>
+    </row>
+    <row r="59" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B59" s="85"/>
+      <c r="C59" s="82"/>
+      <c r="D59" s="27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E59" s="67"/>
+      <c r="F59" s="68"/>
+      <c r="G59" s="43"/>
+      <c r="H59" s="43"/>
+      <c r="I59" s="43"/>
+      <c r="J59" s="43"/>
+      <c r="K59" s="43"/>
+      <c r="L59" s="43"/>
+      <c r="M59" s="43"/>
+      <c r="N59" s="43"/>
+      <c r="O59" s="43"/>
+      <c r="P59" s="43"/>
+      <c r="Q59" s="43"/>
+      <c r="R59" s="43"/>
+      <c r="S59" s="30">
+        <v>61206</v>
+      </c>
+    </row>
+    <row r="60" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B60" s="85"/>
+      <c r="C60" s="82"/>
+      <c r="D60" s="27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E60" s="67"/>
+      <c r="F60" s="68"/>
+      <c r="G60" s="43"/>
+      <c r="H60" s="43"/>
+      <c r="I60" s="43"/>
+      <c r="J60" s="43"/>
+      <c r="K60" s="43"/>
+      <c r="L60" s="43"/>
+      <c r="M60" s="43"/>
+      <c r="N60" s="43"/>
+      <c r="O60" s="43"/>
+      <c r="P60" s="43"/>
+      <c r="Q60" s="43"/>
+      <c r="R60" s="43"/>
+      <c r="S60" s="30">
+        <v>3974</v>
+      </c>
+    </row>
+    <row r="61" spans="2:19" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B61" s="85"/>
+      <c r="C61" s="83"/>
+      <c r="D61" s="31" t="s">
         <v>14</v>
       </c>
-      <c r="E11" s="35">
-[...44 lines deleted...]
-      <c r="C12" s="74" t="s">
+      <c r="E61" s="69"/>
+      <c r="F61" s="70"/>
+      <c r="G61" s="71"/>
+      <c r="H61" s="71"/>
+      <c r="I61" s="71"/>
+      <c r="J61" s="71"/>
+      <c r="K61" s="71"/>
+      <c r="L61" s="71"/>
+      <c r="M61" s="71"/>
+      <c r="N61" s="71"/>
+      <c r="O61" s="71"/>
+      <c r="P61" s="71"/>
+      <c r="Q61" s="71"/>
+      <c r="R61" s="71"/>
+      <c r="S61" s="34">
+        <v>50676</v>
+      </c>
+    </row>
+    <row r="62" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B62" s="85"/>
+      <c r="C62" s="87" t="s">
         <v>17</v>
       </c>
-      <c r="D12" s="26" t="s">
+      <c r="D62" s="23" t="s">
         <v>15</v>
       </c>
-      <c r="E12" s="27">
-[...45 lines deleted...]
-      <c r="D13" s="30" t="s">
+      <c r="E62" s="64"/>
+      <c r="F62" s="65"/>
+      <c r="G62" s="66"/>
+      <c r="H62" s="66"/>
+      <c r="I62" s="66"/>
+      <c r="J62" s="66"/>
+      <c r="K62" s="66"/>
+      <c r="L62" s="66"/>
+      <c r="M62" s="66"/>
+      <c r="N62" s="66"/>
+      <c r="O62" s="66"/>
+      <c r="P62" s="66"/>
+      <c r="Q62" s="66"/>
+      <c r="R62" s="66"/>
+      <c r="S62" s="26">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="63" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B63" s="85"/>
+      <c r="C63" s="82"/>
+      <c r="D63" s="27" t="s">
         <v>11</v>
       </c>
-      <c r="E13" s="31">
-[...45 lines deleted...]
-      <c r="D14" s="30" t="s">
+      <c r="E63" s="67"/>
+      <c r="F63" s="68"/>
+      <c r="G63" s="43"/>
+      <c r="H63" s="43"/>
+      <c r="I63" s="43"/>
+      <c r="J63" s="43"/>
+      <c r="K63" s="43"/>
+      <c r="L63" s="43"/>
+      <c r="M63" s="43"/>
+      <c r="N63" s="43"/>
+      <c r="O63" s="43"/>
+      <c r="P63" s="43"/>
+      <c r="Q63" s="43"/>
+      <c r="R63" s="43"/>
+      <c r="S63" s="30">
+        <v>1617</v>
+      </c>
+    </row>
+    <row r="64" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B64" s="85"/>
+      <c r="C64" s="82"/>
+      <c r="D64" s="27" t="s">
         <v>12</v>
       </c>
-      <c r="E14" s="31">
-[...45 lines deleted...]
-      <c r="D15" s="30" t="s">
+      <c r="E64" s="67"/>
+      <c r="F64" s="68"/>
+      <c r="G64" s="43"/>
+      <c r="H64" s="43"/>
+      <c r="I64" s="43"/>
+      <c r="J64" s="43"/>
+      <c r="K64" s="43"/>
+      <c r="L64" s="43"/>
+      <c r="M64" s="43"/>
+      <c r="N64" s="43"/>
+      <c r="O64" s="43"/>
+      <c r="P64" s="43"/>
+      <c r="Q64" s="43"/>
+      <c r="R64" s="43"/>
+      <c r="S64" s="30">
+        <v>17520</v>
+      </c>
+    </row>
+    <row r="65" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B65" s="85"/>
+      <c r="C65" s="82"/>
+      <c r="D65" s="27" t="s">
         <v>13</v>
       </c>
-      <c r="E15" s="31">
-[...45 lines deleted...]
-      <c r="D16" s="34" t="s">
+      <c r="E65" s="67"/>
+      <c r="F65" s="68"/>
+      <c r="G65" s="43"/>
+      <c r="H65" s="43"/>
+      <c r="I65" s="43"/>
+      <c r="J65" s="43"/>
+      <c r="K65" s="43"/>
+      <c r="L65" s="43"/>
+      <c r="M65" s="43"/>
+      <c r="N65" s="43"/>
+      <c r="O65" s="43"/>
+      <c r="P65" s="43"/>
+      <c r="Q65" s="43"/>
+      <c r="R65" s="43"/>
+      <c r="S65" s="30">
+        <v>1245</v>
+      </c>
+    </row>
+    <row r="66" spans="2:19" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B66" s="86"/>
+      <c r="C66" s="83"/>
+      <c r="D66" s="31" t="s">
         <v>14</v>
       </c>
-      <c r="E16" s="35">
-[...43 lines deleted...]
-      <c r="B17" s="64" t="s">
+      <c r="E66" s="69"/>
+      <c r="F66" s="70"/>
+      <c r="G66" s="71"/>
+      <c r="H66" s="71"/>
+      <c r="I66" s="71"/>
+      <c r="J66" s="71"/>
+      <c r="K66" s="71"/>
+      <c r="L66" s="71"/>
+      <c r="M66" s="71"/>
+      <c r="N66" s="71"/>
+      <c r="O66" s="71"/>
+      <c r="P66" s="71"/>
+      <c r="Q66" s="71"/>
+      <c r="R66" s="71"/>
+      <c r="S66" s="34">
+        <v>1781</v>
+      </c>
+    </row>
+    <row r="67" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B67" s="74" t="s">
+        <v>7</v>
+      </c>
+      <c r="C67" s="81" t="s">
+        <v>16</v>
+      </c>
+      <c r="D67" s="35" t="s">
+        <v>15</v>
+      </c>
+      <c r="E67" s="36">
+        <v>1545</v>
+      </c>
+      <c r="F67" s="37">
+        <v>1507</v>
+      </c>
+      <c r="G67" s="38">
+        <v>2237</v>
+      </c>
+      <c r="H67" s="38">
+        <v>2169</v>
+      </c>
+      <c r="I67" s="38">
+        <v>1386</v>
+      </c>
+      <c r="J67" s="38">
+        <v>1346</v>
+      </c>
+      <c r="K67" s="38">
+        <v>1769</v>
+      </c>
+      <c r="L67" s="38">
+        <v>1602</v>
+      </c>
+      <c r="M67" s="38">
+        <v>1761</v>
+      </c>
+      <c r="N67" s="38">
+        <v>1295</v>
+      </c>
+      <c r="O67" s="38">
+        <v>1170</v>
+      </c>
+      <c r="P67" s="38">
+        <v>1529</v>
+      </c>
+      <c r="Q67" s="38">
+        <v>1883</v>
+      </c>
+      <c r="R67" s="38">
+        <v>1465</v>
+      </c>
+      <c r="S67" s="38">
+        <v>1525</v>
+      </c>
+    </row>
+    <row r="68" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B68" s="75"/>
+      <c r="C68" s="82"/>
+      <c r="D68" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="E68" s="28">
+        <v>1910</v>
+      </c>
+      <c r="F68" s="29">
+        <v>2005</v>
+      </c>
+      <c r="G68" s="30">
+        <v>1846</v>
+      </c>
+      <c r="H68" s="30">
+        <v>1084</v>
+      </c>
+      <c r="I68" s="30">
+        <v>814</v>
+      </c>
+      <c r="J68" s="30">
+        <v>2012</v>
+      </c>
+      <c r="K68" s="30">
+        <v>2225</v>
+      </c>
+      <c r="L68" s="30">
+        <v>1367</v>
+      </c>
+      <c r="M68" s="30">
+        <v>2257</v>
+      </c>
+      <c r="N68" s="30">
+        <v>1537</v>
+      </c>
+      <c r="O68" s="30">
+        <v>1968</v>
+      </c>
+      <c r="P68" s="30">
+        <v>2132</v>
+      </c>
+      <c r="Q68" s="30">
+        <v>2154</v>
+      </c>
+      <c r="R68" s="30">
+        <v>2295</v>
+      </c>
+      <c r="S68" s="30">
+        <v>2257</v>
+      </c>
+    </row>
+    <row r="69" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B69" s="75"/>
+      <c r="C69" s="82"/>
+      <c r="D69" s="27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E69" s="28">
+        <v>33939</v>
+      </c>
+      <c r="F69" s="29">
+        <v>29281</v>
+      </c>
+      <c r="G69" s="30">
+        <v>24040</v>
+      </c>
+      <c r="H69" s="30">
+        <v>26628</v>
+      </c>
+      <c r="I69" s="30">
+        <v>21279</v>
+      </c>
+      <c r="J69" s="30">
+        <v>31717</v>
+      </c>
+      <c r="K69" s="30">
+        <v>32483</v>
+      </c>
+      <c r="L69" s="30">
+        <v>28676</v>
+      </c>
+      <c r="M69" s="30">
+        <v>29765</v>
+      </c>
+      <c r="N69" s="30">
+        <v>26354</v>
+      </c>
+      <c r="O69" s="30">
+        <v>26117</v>
+      </c>
+      <c r="P69" s="30">
+        <v>24065</v>
+      </c>
+      <c r="Q69" s="30">
+        <v>24043</v>
+      </c>
+      <c r="R69" s="30">
+        <v>24870</v>
+      </c>
+      <c r="S69" s="30">
+        <v>22404</v>
+      </c>
+    </row>
+    <row r="70" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B70" s="75"/>
+      <c r="C70" s="82"/>
+      <c r="D70" s="27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E70" s="28">
+        <v>1240</v>
+      </c>
+      <c r="F70" s="29">
+        <v>1101</v>
+      </c>
+      <c r="G70" s="30">
+        <v>1020</v>
+      </c>
+      <c r="H70" s="30">
+        <v>1115</v>
+      </c>
+      <c r="I70" s="30">
+        <v>829</v>
+      </c>
+      <c r="J70" s="30">
+        <v>1235</v>
+      </c>
+      <c r="K70" s="30">
+        <v>1359</v>
+      </c>
+      <c r="L70" s="30">
+        <v>1147</v>
+      </c>
+      <c r="M70" s="30">
+        <v>1234</v>
+      </c>
+      <c r="N70" s="30">
+        <v>1097</v>
+      </c>
+      <c r="O70" s="30">
+        <v>1159</v>
+      </c>
+      <c r="P70" s="30">
+        <v>1095</v>
+      </c>
+      <c r="Q70" s="30">
+        <v>1092</v>
+      </c>
+      <c r="R70" s="30">
+        <v>1090</v>
+      </c>
+      <c r="S70" s="30">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="71" spans="2:19" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B71" s="75"/>
+      <c r="C71" s="83"/>
+      <c r="D71" s="31" t="s">
+        <v>14</v>
+      </c>
+      <c r="E71" s="32">
+        <v>10753</v>
+      </c>
+      <c r="F71" s="33">
+        <v>9244</v>
+      </c>
+      <c r="G71" s="34">
+        <v>7767</v>
+      </c>
+      <c r="H71" s="34">
+        <v>8643</v>
+      </c>
+      <c r="I71" s="34">
+        <v>7178</v>
+      </c>
+      <c r="J71" s="34">
+        <v>9896</v>
+      </c>
+      <c r="K71" s="34">
+        <v>9027</v>
+      </c>
+      <c r="L71" s="34">
+        <v>9359</v>
+      </c>
+      <c r="M71" s="34">
+        <v>9460</v>
+      </c>
+      <c r="N71" s="34">
+        <v>7834</v>
+      </c>
+      <c r="O71" s="34">
+        <v>8623</v>
+      </c>
+      <c r="P71" s="34">
+        <v>7611</v>
+      </c>
+      <c r="Q71" s="34">
+        <v>9066</v>
+      </c>
+      <c r="R71" s="34">
+        <v>7763</v>
+      </c>
+      <c r="S71" s="34">
+        <v>6140</v>
+      </c>
+    </row>
+    <row r="72" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B72" s="75"/>
+      <c r="C72" s="87" t="s">
+        <v>17</v>
+      </c>
+      <c r="D72" s="23" t="s">
+        <v>15</v>
+      </c>
+      <c r="E72" s="24">
+        <v>530</v>
+      </c>
+      <c r="F72" s="39">
+        <v>568</v>
+      </c>
+      <c r="G72" s="26">
+        <v>653</v>
+      </c>
+      <c r="H72" s="26">
+        <v>538</v>
+      </c>
+      <c r="I72" s="26">
+        <v>543</v>
+      </c>
+      <c r="J72" s="26">
+        <v>687</v>
+      </c>
+      <c r="K72" s="26">
+        <v>572</v>
+      </c>
+      <c r="L72" s="26">
+        <v>479</v>
+      </c>
+      <c r="M72" s="26">
+        <v>474</v>
+      </c>
+      <c r="N72" s="26">
+        <v>677</v>
+      </c>
+      <c r="O72" s="26">
+        <v>495</v>
+      </c>
+      <c r="P72" s="38">
+        <v>493</v>
+      </c>
+      <c r="Q72" s="38">
+        <v>1030</v>
+      </c>
+      <c r="R72" s="38">
+        <v>549</v>
+      </c>
+      <c r="S72" s="38">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="73" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B73" s="75"/>
+      <c r="C73" s="82"/>
+      <c r="D73" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="E73" s="28">
+        <v>863</v>
+      </c>
+      <c r="F73" s="40">
+        <v>1175</v>
+      </c>
+      <c r="G73" s="30">
+        <v>670</v>
+      </c>
+      <c r="H73" s="30">
+        <v>644</v>
+      </c>
+      <c r="I73" s="30">
+        <v>542</v>
+      </c>
+      <c r="J73" s="30">
+        <v>1078</v>
+      </c>
+      <c r="K73" s="30">
+        <v>723</v>
+      </c>
+      <c r="L73" s="30">
+        <v>574</v>
+      </c>
+      <c r="M73" s="30">
+        <v>773</v>
+      </c>
+      <c r="N73" s="30">
+        <v>714</v>
+      </c>
+      <c r="O73" s="30">
+        <v>761</v>
+      </c>
+      <c r="P73" s="30">
+        <v>998</v>
+      </c>
+      <c r="Q73" s="30">
+        <v>2445</v>
+      </c>
+      <c r="R73" s="30">
+        <v>643</v>
+      </c>
+      <c r="S73" s="30">
+        <v>1089</v>
+      </c>
+    </row>
+    <row r="74" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B74" s="75"/>
+      <c r="C74" s="82"/>
+      <c r="D74" s="27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E74" s="28">
+        <v>10631</v>
+      </c>
+      <c r="F74" s="40">
+        <v>10653</v>
+      </c>
+      <c r="G74" s="30">
+        <v>9735</v>
+      </c>
+      <c r="H74" s="30">
+        <v>9425</v>
+      </c>
+      <c r="I74" s="30">
+        <v>9631</v>
+      </c>
+      <c r="J74" s="30">
+        <v>12517</v>
+      </c>
+      <c r="K74" s="30">
+        <v>12638</v>
+      </c>
+      <c r="L74" s="30">
+        <v>12190</v>
+      </c>
+      <c r="M74" s="30">
+        <v>10747</v>
+      </c>
+      <c r="N74" s="30">
+        <v>9617</v>
+      </c>
+      <c r="O74" s="30">
+        <v>11153</v>
+      </c>
+      <c r="P74" s="30">
+        <v>10495</v>
+      </c>
+      <c r="Q74" s="30">
+        <v>9818</v>
+      </c>
+      <c r="R74" s="30">
+        <v>8698</v>
+      </c>
+      <c r="S74" s="30">
+        <v>7431</v>
+      </c>
+    </row>
+    <row r="75" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B75" s="75"/>
+      <c r="C75" s="82"/>
+      <c r="D75" s="27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E75" s="28">
+        <v>518</v>
+      </c>
+      <c r="F75" s="40">
+        <v>485</v>
+      </c>
+      <c r="G75" s="30">
+        <v>413</v>
+      </c>
+      <c r="H75" s="30">
+        <v>470</v>
+      </c>
+      <c r="I75" s="30">
+        <v>480</v>
+      </c>
+      <c r="J75" s="30">
+        <v>587</v>
+      </c>
+      <c r="K75" s="30">
+        <v>558</v>
+      </c>
+      <c r="L75" s="30">
+        <v>550</v>
+      </c>
+      <c r="M75" s="30">
+        <v>510</v>
+      </c>
+      <c r="N75" s="30">
+        <v>472</v>
+      </c>
+      <c r="O75" s="30">
+        <v>521</v>
+      </c>
+      <c r="P75" s="30">
+        <v>512</v>
+      </c>
+      <c r="Q75" s="30">
+        <v>421</v>
+      </c>
+      <c r="R75" s="30">
+        <v>393</v>
+      </c>
+      <c r="S75" s="30">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="76" spans="2:19" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B76" s="76"/>
+      <c r="C76" s="83"/>
+      <c r="D76" s="31" t="s">
+        <v>14</v>
+      </c>
+      <c r="E76" s="32">
+        <v>1677</v>
+      </c>
+      <c r="F76" s="41">
+        <v>1977</v>
+      </c>
+      <c r="G76" s="34">
+        <v>2180</v>
+      </c>
+      <c r="H76" s="34">
+        <v>2243</v>
+      </c>
+      <c r="I76" s="34">
+        <v>1880</v>
+      </c>
+      <c r="J76" s="34">
+        <v>2382</v>
+      </c>
+      <c r="K76" s="34">
+        <v>2080</v>
+      </c>
+      <c r="L76" s="34">
+        <v>2089</v>
+      </c>
+      <c r="M76" s="34">
+        <v>1812</v>
+      </c>
+      <c r="N76" s="34">
+        <v>1970</v>
+      </c>
+      <c r="O76" s="34">
+        <v>2335</v>
+      </c>
+      <c r="P76" s="34">
+        <v>1635</v>
+      </c>
+      <c r="Q76" s="34">
+        <v>2274</v>
+      </c>
+      <c r="R76" s="34">
+        <v>1753</v>
+      </c>
+      <c r="S76" s="34">
+        <v>1572</v>
+      </c>
+    </row>
+    <row r="77" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B77" s="74" t="s">
+        <v>8</v>
+      </c>
+      <c r="C77" s="81" t="s">
+        <v>16</v>
+      </c>
+      <c r="D77" s="35" t="s">
+        <v>15</v>
+      </c>
+      <c r="E77" s="36">
+        <v>125</v>
+      </c>
+      <c r="F77" s="37">
+        <v>114</v>
+      </c>
+      <c r="G77" s="38">
+        <v>111</v>
+      </c>
+      <c r="H77" s="38">
+        <v>93</v>
+      </c>
+      <c r="I77" s="38">
+        <v>160</v>
+      </c>
+      <c r="J77" s="38">
+        <v>175</v>
+      </c>
+      <c r="K77" s="38">
+        <v>153</v>
+      </c>
+      <c r="L77" s="38">
+        <v>268</v>
+      </c>
+      <c r="M77" s="38">
+        <v>182</v>
+      </c>
+      <c r="N77" s="38">
+        <v>354</v>
+      </c>
+      <c r="O77" s="38">
+        <v>301</v>
+      </c>
+      <c r="P77" s="38">
+        <v>413</v>
+      </c>
+      <c r="Q77" s="38">
+        <v>366</v>
+      </c>
+      <c r="R77" s="38">
+        <v>422</v>
+      </c>
+      <c r="S77" s="38">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="78" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B78" s="75"/>
+      <c r="C78" s="82"/>
+      <c r="D78" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="E78" s="28">
+        <v>126</v>
+      </c>
+      <c r="F78" s="29">
+        <v>92</v>
+      </c>
+      <c r="G78" s="30">
+        <v>89</v>
+      </c>
+      <c r="H78" s="30">
+        <v>198</v>
+      </c>
+      <c r="I78" s="30">
+        <v>210</v>
+      </c>
+      <c r="J78" s="30">
+        <v>180</v>
+      </c>
+      <c r="K78" s="30">
+        <v>235</v>
+      </c>
+      <c r="L78" s="30">
+        <v>272</v>
+      </c>
+      <c r="M78" s="30">
+        <v>391</v>
+      </c>
+      <c r="N78" s="30">
+        <v>377</v>
+      </c>
+      <c r="O78" s="30">
+        <v>415</v>
+      </c>
+      <c r="P78" s="30">
+        <v>479</v>
+      </c>
+      <c r="Q78" s="30">
+        <v>418</v>
+      </c>
+      <c r="R78" s="30">
+        <v>419</v>
+      </c>
+      <c r="S78" s="30">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="79" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B79" s="75"/>
+      <c r="C79" s="82"/>
+      <c r="D79" s="27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E79" s="28">
+        <v>1183</v>
+      </c>
+      <c r="F79" s="29">
+        <v>892</v>
+      </c>
+      <c r="G79" s="30">
+        <v>1126</v>
+      </c>
+      <c r="H79" s="30">
+        <v>988</v>
+      </c>
+      <c r="I79" s="30">
+        <v>1534</v>
+      </c>
+      <c r="J79" s="30">
+        <v>1784</v>
+      </c>
+      <c r="K79" s="30">
+        <v>1876</v>
+      </c>
+      <c r="L79" s="30">
+        <v>1993</v>
+      </c>
+      <c r="M79" s="30">
+        <v>1769</v>
+      </c>
+      <c r="N79" s="30">
+        <v>2046</v>
+      </c>
+      <c r="O79" s="30">
+        <v>2203</v>
+      </c>
+      <c r="P79" s="30">
+        <v>2858</v>
+      </c>
+      <c r="Q79" s="30">
+        <v>2740</v>
+      </c>
+      <c r="R79" s="30">
+        <v>3246</v>
+      </c>
+      <c r="S79" s="30">
+        <v>3154</v>
+      </c>
+    </row>
+    <row r="80" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B80" s="75"/>
+      <c r="C80" s="82"/>
+      <c r="D80" s="27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E80" s="28">
+        <v>157</v>
+      </c>
+      <c r="F80" s="29">
+        <v>137</v>
+      </c>
+      <c r="G80" s="30">
+        <v>143</v>
+      </c>
+      <c r="H80" s="30">
+        <v>141</v>
+      </c>
+      <c r="I80" s="30">
+        <v>199</v>
+      </c>
+      <c r="J80" s="30">
+        <v>183</v>
+      </c>
+      <c r="K80" s="30">
+        <v>201</v>
+      </c>
+      <c r="L80" s="30">
+        <v>267</v>
+      </c>
+      <c r="M80" s="30">
+        <v>225</v>
+      </c>
+      <c r="N80" s="30">
+        <v>300</v>
+      </c>
+      <c r="O80" s="30">
+        <v>353</v>
+      </c>
+      <c r="P80" s="30">
+        <v>413</v>
+      </c>
+      <c r="Q80" s="30">
+        <v>405</v>
+      </c>
+      <c r="R80" s="30">
+        <v>485</v>
+      </c>
+      <c r="S80" s="30">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="81" spans="2:19" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B81" s="75"/>
+      <c r="C81" s="83"/>
+      <c r="D81" s="31" t="s">
+        <v>14</v>
+      </c>
+      <c r="E81" s="32">
+        <v>140</v>
+      </c>
+      <c r="F81" s="33">
+        <v>214</v>
+      </c>
+      <c r="G81" s="34">
+        <v>181</v>
+      </c>
+      <c r="H81" s="34">
+        <v>232</v>
+      </c>
+      <c r="I81" s="34">
+        <v>256</v>
+      </c>
+      <c r="J81" s="34">
+        <v>272</v>
+      </c>
+      <c r="K81" s="34">
+        <v>391</v>
+      </c>
+      <c r="L81" s="34">
+        <v>510</v>
+      </c>
+      <c r="M81" s="34">
+        <v>458</v>
+      </c>
+      <c r="N81" s="34">
+        <v>645</v>
+      </c>
+      <c r="O81" s="34">
+        <v>774</v>
+      </c>
+      <c r="P81" s="34">
+        <v>893</v>
+      </c>
+      <c r="Q81" s="34">
+        <v>809</v>
+      </c>
+      <c r="R81" s="34">
+        <v>1053</v>
+      </c>
+      <c r="S81" s="34">
+        <v>1137</v>
+      </c>
+    </row>
+    <row r="82" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B82" s="75"/>
+      <c r="C82" s="81" t="s">
+        <v>17</v>
+      </c>
+      <c r="D82" s="35" t="s">
+        <v>15</v>
+      </c>
+      <c r="E82" s="36">
+        <v>254</v>
+      </c>
+      <c r="F82" s="37">
+        <v>199</v>
+      </c>
+      <c r="G82" s="38">
+        <v>162</v>
+      </c>
+      <c r="H82" s="38">
+        <v>127</v>
+      </c>
+      <c r="I82" s="38">
+        <v>232</v>
+      </c>
+      <c r="J82" s="38">
+        <v>230</v>
+      </c>
+      <c r="K82" s="38">
+        <v>249</v>
+      </c>
+      <c r="L82" s="38">
+        <v>257</v>
+      </c>
+      <c r="M82" s="38">
+        <v>276</v>
+      </c>
+      <c r="N82" s="38">
+        <v>381</v>
+      </c>
+      <c r="O82" s="38">
+        <v>420</v>
+      </c>
+      <c r="P82" s="38">
+        <v>394</v>
+      </c>
+      <c r="Q82" s="38">
+        <v>419</v>
+      </c>
+      <c r="R82" s="38">
+        <v>386</v>
+      </c>
+      <c r="S82" s="38">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="83" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B83" s="75"/>
+      <c r="C83" s="82"/>
+      <c r="D83" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="E83" s="28">
+        <v>280</v>
+      </c>
+      <c r="F83" s="29">
+        <v>312</v>
+      </c>
+      <c r="G83" s="30">
+        <v>306</v>
+      </c>
+      <c r="H83" s="30">
+        <v>320</v>
+      </c>
+      <c r="I83" s="30">
+        <v>429</v>
+      </c>
+      <c r="J83" s="30">
+        <v>361</v>
+      </c>
+      <c r="K83" s="30">
+        <v>549</v>
+      </c>
+      <c r="L83" s="30">
+        <v>532</v>
+      </c>
+      <c r="M83" s="30">
+        <v>405</v>
+      </c>
+      <c r="N83" s="30">
+        <v>515</v>
+      </c>
+      <c r="O83" s="30">
+        <v>452</v>
+      </c>
+      <c r="P83" s="30">
+        <v>573</v>
+      </c>
+      <c r="Q83" s="30">
+        <v>453</v>
+      </c>
+      <c r="R83" s="30">
+        <v>463</v>
+      </c>
+      <c r="S83" s="30">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="84" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B84" s="75"/>
+      <c r="C84" s="82"/>
+      <c r="D84" s="27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E84" s="28">
+        <v>1822</v>
+      </c>
+      <c r="F84" s="29">
+        <v>1395</v>
+      </c>
+      <c r="G84" s="30">
+        <v>1426</v>
+      </c>
+      <c r="H84" s="30">
+        <v>1621</v>
+      </c>
+      <c r="I84" s="30">
+        <v>2540</v>
+      </c>
+      <c r="J84" s="30">
+        <v>2466</v>
+      </c>
+      <c r="K84" s="30">
+        <v>2227</v>
+      </c>
+      <c r="L84" s="30">
+        <v>2990</v>
+      </c>
+      <c r="M84" s="30">
+        <v>2293</v>
+      </c>
+      <c r="N84" s="30">
+        <v>3089</v>
+      </c>
+      <c r="O84" s="30">
+        <v>3076</v>
+      </c>
+      <c r="P84" s="30">
+        <v>3065</v>
+      </c>
+      <c r="Q84" s="30">
+        <v>2967</v>
+      </c>
+      <c r="R84" s="30">
+        <v>3160</v>
+      </c>
+      <c r="S84" s="30">
+        <v>2321</v>
+      </c>
+    </row>
+    <row r="85" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B85" s="75"/>
+      <c r="C85" s="82"/>
+      <c r="D85" s="27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E85" s="28">
+        <v>146</v>
+      </c>
+      <c r="F85" s="29">
+        <v>162</v>
+      </c>
+      <c r="G85" s="30">
+        <v>176</v>
+      </c>
+      <c r="H85" s="30">
+        <v>177</v>
+      </c>
+      <c r="I85" s="30">
+        <v>287</v>
+      </c>
+      <c r="J85" s="30">
+        <v>258</v>
+      </c>
+      <c r="K85" s="30">
+        <v>259</v>
+      </c>
+      <c r="L85" s="30">
+        <v>317</v>
+      </c>
+      <c r="M85" s="30">
+        <v>214</v>
+      </c>
+      <c r="N85" s="30">
+        <v>325</v>
+      </c>
+      <c r="O85" s="30">
+        <v>331</v>
+      </c>
+      <c r="P85" s="30">
+        <v>355</v>
+      </c>
+      <c r="Q85" s="30">
+        <v>400</v>
+      </c>
+      <c r="R85" s="30">
+        <v>405</v>
+      </c>
+      <c r="S85" s="30">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="86" spans="2:19" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B86" s="76"/>
+      <c r="C86" s="83"/>
+      <c r="D86" s="31" t="s">
+        <v>14</v>
+      </c>
+      <c r="E86" s="32">
+        <v>545</v>
+      </c>
+      <c r="F86" s="33">
+        <v>348</v>
+      </c>
+      <c r="G86" s="34">
+        <v>344</v>
+      </c>
+      <c r="H86" s="34">
+        <v>454</v>
+      </c>
+      <c r="I86" s="34">
+        <v>567</v>
+      </c>
+      <c r="J86" s="34">
+        <v>549</v>
+      </c>
+      <c r="K86" s="34">
+        <v>725</v>
+      </c>
+      <c r="L86" s="34">
+        <v>1037</v>
+      </c>
+      <c r="M86" s="34">
+        <v>778</v>
+      </c>
+      <c r="N86" s="34">
+        <v>663</v>
+      </c>
+      <c r="O86" s="34">
+        <v>757</v>
+      </c>
+      <c r="P86" s="34">
+        <v>844</v>
+      </c>
+      <c r="Q86" s="34">
+        <v>720</v>
+      </c>
+      <c r="R86" s="34">
+        <v>753</v>
+      </c>
+      <c r="S86" s="34">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="87" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B87" s="75" t="s">
+        <v>27</v>
+      </c>
+      <c r="C87" s="81" t="s">
+        <v>16</v>
+      </c>
+      <c r="D87" s="35" t="s">
+        <v>15</v>
+      </c>
+      <c r="E87" s="36">
+        <v>24</v>
+      </c>
+      <c r="F87" s="37">
+        <v>31</v>
+      </c>
+      <c r="G87" s="38">
+        <v>8</v>
+      </c>
+      <c r="H87" s="38">
+        <v>9</v>
+      </c>
+      <c r="I87" s="38">
+        <v>36</v>
+      </c>
+      <c r="J87" s="38">
+        <v>59</v>
+      </c>
+      <c r="K87" s="38">
+        <v>32</v>
+      </c>
+      <c r="L87" s="38">
+        <v>50</v>
+      </c>
+      <c r="M87" s="38">
+        <v>37</v>
+      </c>
+      <c r="N87" s="38">
+        <v>79</v>
+      </c>
+      <c r="O87" s="38">
+        <v>60</v>
+      </c>
+      <c r="P87" s="38">
+        <v>100</v>
+      </c>
+      <c r="Q87" s="38">
+        <v>99</v>
+      </c>
+      <c r="R87" s="38">
+        <v>61</v>
+      </c>
+      <c r="S87" s="38">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="88" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B88" s="75"/>
+      <c r="C88" s="82"/>
+      <c r="D88" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="E88" s="28">
+        <v>2</v>
+      </c>
+      <c r="F88" s="29">
+        <v>9</v>
+      </c>
+      <c r="G88" s="30">
+        <v>1</v>
+      </c>
+      <c r="H88" s="30">
+        <v>12</v>
+      </c>
+      <c r="I88" s="30">
+        <v>24</v>
+      </c>
+      <c r="J88" s="30">
+        <v>20</v>
+      </c>
+      <c r="K88" s="30">
+        <v>20</v>
+      </c>
+      <c r="L88" s="30">
+        <v>29</v>
+      </c>
+      <c r="M88" s="30">
+        <v>67</v>
+      </c>
+      <c r="N88" s="30">
+        <v>20</v>
+      </c>
+      <c r="O88" s="30">
+        <v>31</v>
+      </c>
+      <c r="P88" s="30">
+        <v>42</v>
+      </c>
+      <c r="Q88" s="30">
+        <v>49</v>
+      </c>
+      <c r="R88" s="30">
+        <v>39</v>
+      </c>
+      <c r="S88" s="30">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="89" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B89" s="75"/>
+      <c r="C89" s="82"/>
+      <c r="D89" s="27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E89" s="28">
+        <v>49</v>
+      </c>
+      <c r="F89" s="29">
+        <v>164</v>
+      </c>
+      <c r="G89" s="30">
+        <v>52</v>
+      </c>
+      <c r="H89" s="30">
+        <v>53</v>
+      </c>
+      <c r="I89" s="30">
+        <v>104</v>
+      </c>
+      <c r="J89" s="30">
+        <v>187</v>
+      </c>
+      <c r="K89" s="30">
+        <v>170</v>
+      </c>
+      <c r="L89" s="30">
+        <v>182</v>
+      </c>
+      <c r="M89" s="30">
+        <v>479</v>
+      </c>
+      <c r="N89" s="30">
+        <v>276</v>
+      </c>
+      <c r="O89" s="30">
+        <v>388</v>
+      </c>
+      <c r="P89" s="30">
+        <v>399</v>
+      </c>
+      <c r="Q89" s="30">
+        <v>650</v>
+      </c>
+      <c r="R89" s="30">
+        <v>682</v>
+      </c>
+      <c r="S89" s="30">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="90" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B90" s="75"/>
+      <c r="C90" s="82"/>
+      <c r="D90" s="27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E90" s="28">
+        <v>10</v>
+      </c>
+      <c r="F90" s="29">
+        <v>27</v>
+      </c>
+      <c r="G90" s="30">
+        <v>13</v>
+      </c>
+      <c r="H90" s="30">
+        <v>21</v>
+      </c>
+      <c r="I90" s="30">
+        <v>25</v>
+      </c>
+      <c r="J90" s="30">
+        <v>31</v>
+      </c>
+      <c r="K90" s="30">
+        <v>35</v>
+      </c>
+      <c r="L90" s="30">
+        <v>31</v>
+      </c>
+      <c r="M90" s="30">
+        <v>86</v>
+      </c>
+      <c r="N90" s="30">
+        <v>43</v>
+      </c>
+      <c r="O90" s="30">
+        <v>74</v>
+      </c>
+      <c r="P90" s="30">
+        <v>113</v>
+      </c>
+      <c r="Q90" s="30">
+        <v>118</v>
+      </c>
+      <c r="R90" s="30">
+        <v>124</v>
+      </c>
+      <c r="S90" s="30">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="91" spans="2:19" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B91" s="75"/>
+      <c r="C91" s="83"/>
+      <c r="D91" s="31" t="s">
+        <v>14</v>
+      </c>
+      <c r="E91" s="32">
+        <v>24</v>
+      </c>
+      <c r="F91" s="33">
+        <v>38</v>
+      </c>
+      <c r="G91" s="34">
+        <v>10</v>
+      </c>
+      <c r="H91" s="34">
+        <v>3</v>
+      </c>
+      <c r="I91" s="34">
+        <v>46</v>
+      </c>
+      <c r="J91" s="34">
+        <v>72</v>
+      </c>
+      <c r="K91" s="34">
+        <v>64</v>
+      </c>
+      <c r="L91" s="34">
+        <v>74</v>
+      </c>
+      <c r="M91" s="34">
+        <v>86</v>
+      </c>
+      <c r="N91" s="34">
+        <v>74</v>
+      </c>
+      <c r="O91" s="34">
+        <v>105</v>
+      </c>
+      <c r="P91" s="34">
+        <v>88</v>
+      </c>
+      <c r="Q91" s="34">
+        <v>103</v>
+      </c>
+      <c r="R91" s="34">
+        <v>106</v>
+      </c>
+      <c r="S91" s="34">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="92" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B92" s="75"/>
+      <c r="C92" s="87" t="s">
+        <v>17</v>
+      </c>
+      <c r="D92" s="23" t="s">
+        <v>15</v>
+      </c>
+      <c r="E92" s="24">
+        <v>19</v>
+      </c>
+      <c r="F92" s="25">
+        <v>16</v>
+      </c>
+      <c r="G92" s="26">
+        <v>13</v>
+      </c>
+      <c r="H92" s="26">
+        <v>2</v>
+      </c>
+      <c r="I92" s="26">
+        <v>1</v>
+      </c>
+      <c r="J92" s="26">
+        <v>10</v>
+      </c>
+      <c r="K92" s="26">
+        <v>6</v>
+      </c>
+      <c r="L92" s="26">
+        <v>13</v>
+      </c>
+      <c r="M92" s="26">
+        <v>10</v>
+      </c>
+      <c r="N92" s="26">
+        <v>15</v>
+      </c>
+      <c r="O92" s="26">
+        <v>14</v>
+      </c>
+      <c r="P92" s="26">
+        <v>17</v>
+      </c>
+      <c r="Q92" s="26">
+        <v>31</v>
+      </c>
+      <c r="R92" s="38">
+        <v>7</v>
+      </c>
+      <c r="S92" s="26">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="93" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B93" s="75"/>
+      <c r="C93" s="82"/>
+      <c r="D93" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="E93" s="28">
+        <v>10</v>
+      </c>
+      <c r="F93" s="29">
+        <v>14</v>
+      </c>
+      <c r="G93" s="30">
+        <v>1</v>
+      </c>
+      <c r="H93" s="30">
+        <v>9</v>
+      </c>
+      <c r="I93" s="30">
+        <v>7</v>
+      </c>
+      <c r="J93" s="30">
+        <v>16</v>
+      </c>
+      <c r="K93" s="30">
+        <v>16</v>
+      </c>
+      <c r="L93" s="30">
+        <v>20</v>
+      </c>
+      <c r="M93" s="30">
+        <v>37</v>
+      </c>
+      <c r="N93" s="30">
+        <v>4</v>
+      </c>
+      <c r="O93" s="30">
+        <v>2</v>
+      </c>
+      <c r="P93" s="30">
+        <v>29</v>
+      </c>
+      <c r="Q93" s="30">
+        <v>22</v>
+      </c>
+      <c r="R93" s="30">
+        <v>20</v>
+      </c>
+      <c r="S93" s="30">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="94" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B94" s="75"/>
+      <c r="C94" s="82"/>
+      <c r="D94" s="27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E94" s="28">
+        <v>17</v>
+      </c>
+      <c r="F94" s="29">
+        <v>32</v>
+      </c>
+      <c r="G94" s="30">
+        <v>17</v>
+      </c>
+      <c r="H94" s="30">
+        <v>46</v>
+      </c>
+      <c r="I94" s="30">
+        <v>80</v>
+      </c>
+      <c r="J94" s="30">
+        <v>215</v>
+      </c>
+      <c r="K94" s="30">
+        <v>175</v>
+      </c>
+      <c r="L94" s="30">
+        <v>177</v>
+      </c>
+      <c r="M94" s="30">
+        <v>192</v>
+      </c>
+      <c r="N94" s="30">
+        <v>163</v>
+      </c>
+      <c r="O94" s="30">
+        <v>169</v>
+      </c>
+      <c r="P94" s="30">
+        <v>179</v>
+      </c>
+      <c r="Q94" s="30">
+        <v>142</v>
+      </c>
+      <c r="R94" s="30">
+        <v>191</v>
+      </c>
+      <c r="S94" s="30">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="95" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B95" s="75"/>
+      <c r="C95" s="82"/>
+      <c r="D95" s="27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E95" s="28">
+        <v>10</v>
+      </c>
+      <c r="F95" s="29">
+        <v>9</v>
+      </c>
+      <c r="G95" s="30">
+        <v>6</v>
+      </c>
+      <c r="H95" s="30">
+        <v>7</v>
+      </c>
+      <c r="I95" s="30">
+        <v>15</v>
+      </c>
+      <c r="J95" s="30">
+        <v>47</v>
+      </c>
+      <c r="K95" s="30">
+        <v>40</v>
+      </c>
+      <c r="L95" s="30">
+        <v>24</v>
+      </c>
+      <c r="M95" s="30">
+        <v>30</v>
+      </c>
+      <c r="N95" s="30">
+        <v>34</v>
+      </c>
+      <c r="O95" s="30">
+        <v>29</v>
+      </c>
+      <c r="P95" s="30">
+        <v>36</v>
+      </c>
+      <c r="Q95" s="30">
+        <v>25</v>
+      </c>
+      <c r="R95" s="30">
+        <v>32</v>
+      </c>
+      <c r="S95" s="30">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="96" spans="2:19" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B96" s="90"/>
+      <c r="C96" s="82"/>
+      <c r="D96" s="27" t="s">
+        <v>14</v>
+      </c>
+      <c r="E96" s="28">
         <v>5</v>
       </c>
-      <c r="C17" s="71" t="s">
+      <c r="F96" s="29">
+        <v>17</v>
+      </c>
+      <c r="G96" s="30">
+        <v>2</v>
+      </c>
+      <c r="H96" s="43"/>
+      <c r="I96" s="30">
+        <v>3</v>
+      </c>
+      <c r="J96" s="30">
+        <v>5</v>
+      </c>
+      <c r="K96" s="30">
+        <v>18</v>
+      </c>
+      <c r="L96" s="30">
+        <v>12</v>
+      </c>
+      <c r="M96" s="30">
+        <v>6</v>
+      </c>
+      <c r="N96" s="30">
+        <v>7</v>
+      </c>
+      <c r="O96" s="30">
+        <v>17</v>
+      </c>
+      <c r="P96" s="30">
+        <v>19</v>
+      </c>
+      <c r="Q96" s="30">
+        <v>8</v>
+      </c>
+      <c r="R96" s="34">
+        <v>10</v>
+      </c>
+      <c r="S96" s="30">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="97" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B97" s="88" t="s">
+        <v>3</v>
+      </c>
+      <c r="C97" s="8" t="s">
         <v>16</v>
       </c>
-      <c r="D17" s="38" t="s">
-[...2975 lines deleted...]
-        <f t="shared" ref="E77:R77" si="0">SUM(E7:E11)+SUM(E17:E21)+SUM(E27:E31)+SUM(E37:E41)+SUM(E47:E51)+SUM(E57:E61)+SUM(E67:E71)</f>
+      <c r="D97" s="9"/>
+      <c r="E97" s="13">
+        <f t="shared" ref="E97:R97" si="0">SUM(E7:E11)+SUM(E17:E21)+SUM(E27:E31)+SUM(E47:E51)+SUM(E67:E71)+SUM(E77:E81)+SUM(E87:E91)</f>
         <v>2015165</v>
       </c>
-      <c r="F77" s="16">
+      <c r="F97" s="13">
         <f t="shared" si="0"/>
         <v>1886506</v>
       </c>
-      <c r="G77" s="16">
+      <c r="G97" s="13">
         <f t="shared" si="0"/>
         <v>1770254</v>
       </c>
-      <c r="H77" s="16">
+      <c r="H97" s="13">
         <f t="shared" si="0"/>
         <v>1502218</v>
       </c>
-      <c r="I77" s="16">
+      <c r="I97" s="13">
         <f t="shared" si="0"/>
         <v>1290349</v>
       </c>
-      <c r="J77" s="16">
+      <c r="J97" s="13">
         <f t="shared" si="0"/>
         <v>2226137</v>
       </c>
-      <c r="K77" s="16">
+      <c r="K97" s="13">
         <f t="shared" si="0"/>
         <v>2234743</v>
       </c>
-      <c r="L77" s="16">
+      <c r="L97" s="13">
         <f t="shared" si="0"/>
         <v>2206432</v>
       </c>
-      <c r="M77" s="16">
+      <c r="M97" s="13">
         <f t="shared" si="0"/>
         <v>2209790</v>
       </c>
-      <c r="N77" s="16">
+      <c r="N97" s="13">
         <f t="shared" si="0"/>
         <v>2231087</v>
       </c>
-      <c r="O77" s="16">
+      <c r="O97" s="13">
         <f t="shared" si="0"/>
         <v>2216478</v>
       </c>
-      <c r="P77" s="16">
+      <c r="P97" s="13">
         <f t="shared" si="0"/>
         <v>2197039</v>
       </c>
-      <c r="Q77" s="16">
+      <c r="Q97" s="13">
         <f t="shared" si="0"/>
         <v>2194344</v>
       </c>
-      <c r="R77" s="16">
+      <c r="R97" s="13">
         <f t="shared" si="0"/>
         <v>2172927</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="C78" s="13" t="s">
+      <c r="S97" s="13">
+        <f>SUM(S7:S11)+SUM(S17:S21)+SUM(S27:S31)+SUM(S47:S51)+SUM(S67:S71)+SUM(S77:S81)+SUM(S87:S91)+SUM(S37:S41)+SUM(S57:S61)</f>
+        <v>2008634</v>
+      </c>
+    </row>
+    <row r="98" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B98" s="89"/>
+      <c r="C98" s="10" t="s">
         <v>17</v>
       </c>
-      <c r="D78" s="14"/>
-[...1 lines deleted...]
-        <f t="shared" ref="E78:R78" si="1">SUM(E12:E16)+SUM(E22:E26)+SUM(E32:E36)+SUM(E42:E46)+SUM(E52:E56)+SUM(E62:E66)+SUM(E72:E76)</f>
+      <c r="D98" s="11"/>
+      <c r="E98" s="14">
+        <f t="shared" ref="E98:R98" si="1">SUM(E12:E16)+SUM(E22:E26)+SUM(E32:E36)+SUM(E52:E56)+SUM(E72:E76)+SUM(E82:E86)+SUM(E92:E96)</f>
         <v>327557</v>
       </c>
-      <c r="F78" s="17">
+      <c r="F98" s="14">
         <f t="shared" si="1"/>
         <v>304160</v>
       </c>
-      <c r="G78" s="17">
+      <c r="G98" s="14">
         <f t="shared" si="1"/>
         <v>264839</v>
       </c>
-      <c r="H78" s="17">
+      <c r="H98" s="14">
         <f t="shared" si="1"/>
         <v>277501</v>
       </c>
-      <c r="I78" s="17">
+      <c r="I98" s="14">
         <f t="shared" si="1"/>
         <v>209755</v>
       </c>
-      <c r="J78" s="17">
+      <c r="J98" s="14">
         <f t="shared" si="1"/>
         <v>338717</v>
       </c>
-      <c r="K78" s="17">
+      <c r="K98" s="14">
         <f t="shared" si="1"/>
         <v>335571</v>
       </c>
-      <c r="L78" s="17">
+      <c r="L98" s="14">
         <f t="shared" si="1"/>
         <v>326257</v>
       </c>
-      <c r="M78" s="17">
+      <c r="M98" s="14">
         <f t="shared" si="1"/>
         <v>307744</v>
       </c>
-      <c r="N78" s="17">
+      <c r="N98" s="14">
         <f t="shared" si="1"/>
         <v>295531</v>
       </c>
-      <c r="O78" s="17">
+      <c r="O98" s="14">
         <f t="shared" si="1"/>
         <v>291936</v>
       </c>
-      <c r="P78" s="17">
+      <c r="P98" s="14">
         <f t="shared" si="1"/>
         <v>272357</v>
       </c>
-      <c r="Q78" s="17">
+      <c r="Q98" s="14">
         <f t="shared" si="1"/>
         <v>268196</v>
       </c>
-      <c r="R78" s="17">
+      <c r="R98" s="14">
         <f t="shared" si="1"/>
         <v>254382</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B82" s="49" t="s">
+      <c r="S98" s="14">
+        <f>SUM(S12:S16)+SUM(S22:S26)+SUM(S32:S36)+SUM(S52:S56)+SUM(S72:S76)+SUM(S82:S86)+SUM(S92:S96)+SUM(S42:S46)+SUM(S62:S66)</f>
+        <v>225820</v>
+      </c>
+    </row>
+    <row r="102" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B102" s="46" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="83" spans="2:2" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B84" s="49" t="s">
+    <row r="103" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B103" s="46"/>
+    </row>
+    <row r="104" spans="2:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B104" s="46" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="39">
-[...2 lines deleted...]
-    <mergeCell ref="B67:B76"/>
+  <mergeCells count="46">
+    <mergeCell ref="B97:B98"/>
+    <mergeCell ref="B77:B86"/>
+    <mergeCell ref="B87:B96"/>
     <mergeCell ref="C7:C11"/>
     <mergeCell ref="C12:C16"/>
     <mergeCell ref="C17:C21"/>
     <mergeCell ref="C22:C26"/>
     <mergeCell ref="C27:C31"/>
     <mergeCell ref="C32:C36"/>
-    <mergeCell ref="C37:C41"/>
-    <mergeCell ref="C42:C46"/>
+    <mergeCell ref="C47:C51"/>
+    <mergeCell ref="C52:C56"/>
     <mergeCell ref="B7:B16"/>
     <mergeCell ref="B17:B26"/>
     <mergeCell ref="B27:B36"/>
-    <mergeCell ref="B37:B46"/>
+    <mergeCell ref="B47:B56"/>
+    <mergeCell ref="C92:C96"/>
+    <mergeCell ref="C77:C81"/>
+    <mergeCell ref="C82:C86"/>
+    <mergeCell ref="C87:C91"/>
+    <mergeCell ref="I5:I6"/>
     <mergeCell ref="C72:C76"/>
+    <mergeCell ref="C37:C41"/>
+    <mergeCell ref="C42:C46"/>
     <mergeCell ref="C57:C61"/>
     <mergeCell ref="C62:C66"/>
-    <mergeCell ref="C67:C71"/>
-[...2 lines deleted...]
-    <mergeCell ref="B47:B56"/>
+    <mergeCell ref="B67:B76"/>
     <mergeCell ref="B5:B6"/>
     <mergeCell ref="C5:C6"/>
     <mergeCell ref="G5:G6"/>
     <mergeCell ref="H5:H6"/>
     <mergeCell ref="D5:D6"/>
     <mergeCell ref="E5:E6"/>
     <mergeCell ref="F5:F6"/>
-    <mergeCell ref="C47:C51"/>
+    <mergeCell ref="C67:C71"/>
+    <mergeCell ref="B37:B46"/>
+    <mergeCell ref="B57:B66"/>
     <mergeCell ref="J5:J6"/>
     <mergeCell ref="M5:M6"/>
     <mergeCell ref="O5:O6"/>
     <mergeCell ref="Q5:Q6"/>
+    <mergeCell ref="S5:S6"/>
     <mergeCell ref="R5:R6"/>
     <mergeCell ref="P5:P6"/>
     <mergeCell ref="N5:N6"/>
     <mergeCell ref="L5:L6"/>
     <mergeCell ref="K5:K6"/>
   </mergeCells>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="8" scale="59" fitToWidth="0" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;G</oddHeader>
   </headerFooter>
   <legacyDrawingHF r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:AN36"/>
+  <dimension ref="B2:AQ42"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
-      <selection activeCell="B38" sqref="B38"/>
+      <selection activeCell="G19" sqref="G19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="3" style="7" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="30.6640625" customWidth="1"/>
     <col min="3" max="4" width="15.109375" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="18.44140625" style="7" bestFit="1" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="17" max="17" width="18.44140625" style="6" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="18.44140625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="13.33203125" customWidth="1"/>
+    <col min="7" max="7" width="15.109375" customWidth="1"/>
+    <col min="8" max="8" width="18.44140625" customWidth="1"/>
+    <col min="9" max="10" width="15.109375" customWidth="1"/>
+    <col min="11" max="11" width="18.44140625" customWidth="1"/>
+    <col min="12" max="12" width="13.33203125" customWidth="1"/>
+    <col min="13" max="13" width="15.109375" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="18.44140625" bestFit="1" customWidth="1"/>
+    <col min="15" max="16" width="15.109375" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="18.44140625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="13.33203125" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="15.109375" bestFit="1" customWidth="1"/>
-    <col min="20" max="20" width="18.44140625" style="7" bestFit="1" customWidth="1"/>
+    <col min="20" max="20" width="18.44140625" bestFit="1" customWidth="1"/>
     <col min="21" max="22" width="15.109375" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="18.44140625" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="13.33203125" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="15.109375" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="18.44140625" bestFit="1" customWidth="1"/>
     <col min="27" max="27" width="13.33203125" bestFit="1" customWidth="1"/>
     <col min="28" max="29" width="15.109375" bestFit="1" customWidth="1"/>
     <col min="30" max="30" width="18.44140625" bestFit="1" customWidth="1"/>
     <col min="31" max="31" width="13.33203125" bestFit="1" customWidth="1"/>
     <col min="32" max="32" width="15.109375" bestFit="1" customWidth="1"/>
     <col min="33" max="33" width="18.44140625" bestFit="1" customWidth="1"/>
     <col min="34" max="35" width="15.109375" bestFit="1" customWidth="1"/>
     <col min="36" max="36" width="18.44140625" bestFit="1" customWidth="1"/>
     <col min="37" max="37" width="13.33203125" bestFit="1" customWidth="1"/>
     <col min="38" max="38" width="15.109375" bestFit="1" customWidth="1"/>
     <col min="39" max="39" width="18.44140625" bestFit="1" customWidth="1"/>
     <col min="40" max="40" width="13.33203125" bestFit="1" customWidth="1"/>
     <col min="41" max="41" width="15.109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:21" s="7" customFormat="1" x14ac:dyDescent="0.3">
-[...27 lines deleted...]
-      <c r="U2" s="45"/>
+    <row r="2" spans="2:21" x14ac:dyDescent="0.3">
+      <c r="E2" s="42"/>
+      <c r="U2" s="42"/>
     </row>
     <row r="3" spans="2:21" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="B3" s="9" t="s">
+      <c r="B3" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4" spans="2:21" x14ac:dyDescent="0.3">
-      <c r="P4" s="56"/>
-[...3 lines deleted...]
-      <c r="T4" s="61"/>
+      <c r="P4" s="52"/>
+      <c r="Q4" s="52"/>
+      <c r="S4" s="60"/>
+      <c r="T4" s="60"/>
     </row>
     <row r="5" spans="2:21" x14ac:dyDescent="0.3">
-      <c r="B5" s="68" t="s">
+      <c r="B5" s="78" t="s">
         <v>0</v>
       </c>
-      <c r="C5" s="81" t="s">
+      <c r="C5" s="95" t="s">
         <v>20</v>
       </c>
-      <c r="D5" s="82"/>
-[...15 lines deleted...]
-      <c r="T5" s="60"/>
+      <c r="D5" s="91"/>
+      <c r="E5" s="91"/>
+      <c r="F5" s="91"/>
+      <c r="G5" s="91"/>
+      <c r="H5" s="91"/>
+      <c r="I5" s="91"/>
+      <c r="J5" s="91"/>
+      <c r="K5" s="91"/>
+      <c r="L5" s="91"/>
+      <c r="M5" s="91"/>
+      <c r="N5" s="91"/>
+      <c r="O5" s="91"/>
+      <c r="P5" s="91"/>
+      <c r="Q5" s="100"/>
+      <c r="R5" s="96"/>
+      <c r="S5" s="58"/>
+      <c r="T5" s="59"/>
     </row>
     <row r="6" spans="2:21" x14ac:dyDescent="0.3">
-      <c r="B6" s="68"/>
-      <c r="C6" s="10">
+      <c r="B6" s="78"/>
+      <c r="C6" s="7">
+        <v>2025</v>
+      </c>
+      <c r="D6" s="7">
         <v>2024</v>
       </c>
-      <c r="D6" s="10">
+      <c r="E6" s="7">
         <v>2023</v>
       </c>
-      <c r="E6" s="10">
+      <c r="F6" s="7">
         <v>2022</v>
       </c>
-      <c r="F6" s="10">
+      <c r="G6" s="7">
         <v>2021</v>
       </c>
-      <c r="G6" s="10">
+      <c r="H6" s="7">
         <v>2020</v>
       </c>
-      <c r="H6" s="10">
+      <c r="I6" s="7">
         <v>2019</v>
       </c>
-      <c r="I6" s="10">
+      <c r="J6" s="7">
         <v>2018</v>
       </c>
-      <c r="J6" s="10">
+      <c r="K6" s="7">
         <v>2017</v>
       </c>
-      <c r="K6" s="10">
+      <c r="L6" s="7">
         <v>2016</v>
       </c>
-      <c r="L6" s="10">
+      <c r="M6" s="7">
         <v>2015</v>
       </c>
-      <c r="M6" s="10">
+      <c r="N6" s="7">
         <v>2014</v>
       </c>
-      <c r="N6" s="10">
+      <c r="O6" s="7">
         <v>2013</v>
       </c>
-      <c r="O6" s="15">
+      <c r="P6" s="12">
         <v>2012</v>
       </c>
-      <c r="P6" s="15">
+      <c r="Q6" s="101">
         <v>2011</v>
       </c>
-      <c r="Q6" s="15">
-[...4 lines deleted...]
-      <c r="T6" s="60"/>
+      <c r="R6" s="97"/>
+      <c r="S6" s="58"/>
+      <c r="T6" s="59"/>
     </row>
     <row r="7" spans="2:21" x14ac:dyDescent="0.3">
       <c r="B7" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="C7" s="51">
+      <c r="C7" s="48">
+        <v>9352</v>
+      </c>
+      <c r="D7" s="48">
         <v>9921</v>
       </c>
-      <c r="D7" s="51">
+      <c r="E7" s="48">
         <v>9549</v>
       </c>
-      <c r="E7" s="51">
+      <c r="F7" s="48">
         <v>9451</v>
       </c>
-      <c r="F7" s="51">
+      <c r="G7" s="48">
         <v>9427</v>
       </c>
-      <c r="G7" s="51">
+      <c r="H7" s="48">
         <v>9440</v>
       </c>
-      <c r="H7" s="51">
+      <c r="I7" s="48">
         <v>9566</v>
       </c>
-      <c r="I7" s="24">
+      <c r="J7" s="21">
         <v>9787</v>
       </c>
-      <c r="J7" s="24">
+      <c r="K7" s="21">
         <v>10029</v>
       </c>
-      <c r="K7" s="24">
+      <c r="L7" s="21">
         <v>10546</v>
       </c>
-      <c r="L7" s="24">
+      <c r="M7" s="21">
         <v>6806</v>
       </c>
-      <c r="M7" s="24">
+      <c r="N7" s="21">
         <v>8633</v>
       </c>
-      <c r="N7" s="24">
+      <c r="O7" s="21">
         <v>8409</v>
       </c>
-      <c r="O7" s="24">
+      <c r="P7" s="21">
         <v>10743</v>
       </c>
-      <c r="P7" s="24">
+      <c r="Q7" s="102">
         <v>10524</v>
       </c>
-      <c r="Q7" s="24">
-[...4 lines deleted...]
-      <c r="T7" s="60"/>
+      <c r="R7" s="98"/>
+      <c r="S7" s="58"/>
+      <c r="T7" s="59"/>
     </row>
     <row r="8" spans="2:21" x14ac:dyDescent="0.3">
       <c r="B8" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="C8" s="52">
+      <c r="C8" s="49">
+        <v>8616</v>
+      </c>
+      <c r="D8" s="49">
         <v>12411</v>
       </c>
-      <c r="D8" s="52">
+      <c r="E8" s="49">
         <v>11665</v>
       </c>
-      <c r="E8" s="52">
+      <c r="F8" s="49">
         <v>11277</v>
       </c>
-      <c r="F8" s="52">
+      <c r="G8" s="49">
         <v>11330</v>
       </c>
-      <c r="G8" s="52">
+      <c r="H8" s="49">
         <v>11476</v>
       </c>
-      <c r="H8" s="52">
+      <c r="I8" s="49">
         <v>11899</v>
       </c>
-      <c r="I8" s="25">
+      <c r="J8" s="22">
         <v>12753</v>
       </c>
-      <c r="J8" s="25">
+      <c r="K8" s="22">
         <v>12949</v>
       </c>
-      <c r="K8" s="25">
+      <c r="L8" s="22">
         <v>12948</v>
       </c>
-      <c r="L8" s="25">
+      <c r="M8" s="22">
         <v>7936</v>
       </c>
-      <c r="M8" s="25">
+      <c r="N8" s="22">
         <v>9429</v>
       </c>
-      <c r="N8" s="25">
+      <c r="O8" s="22">
         <v>9079</v>
       </c>
-      <c r="O8" s="25">
+      <c r="P8" s="22">
         <v>12152</v>
       </c>
-      <c r="P8" s="25">
+      <c r="Q8" s="103">
         <v>12116</v>
       </c>
-      <c r="Q8" s="25">
-[...4 lines deleted...]
-      <c r="T8" s="60"/>
+      <c r="R8" s="98"/>
+      <c r="S8" s="58"/>
+      <c r="T8" s="59"/>
     </row>
     <row r="9" spans="2:21" x14ac:dyDescent="0.3">
       <c r="B9" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="C9" s="52">
+      <c r="C9" s="49">
+        <v>371</v>
+      </c>
+      <c r="D9" s="49">
         <v>764</v>
       </c>
-      <c r="D9" s="52">
+      <c r="E9" s="49">
         <v>691</v>
       </c>
-      <c r="E9" s="52">
+      <c r="F9" s="49">
         <v>774</v>
       </c>
-      <c r="F9" s="52">
+      <c r="G9" s="49">
         <v>775</v>
       </c>
-      <c r="G9" s="52">
+      <c r="H9" s="49">
         <v>732</v>
       </c>
-      <c r="H9" s="52">
+      <c r="I9" s="49">
         <v>731</v>
       </c>
-      <c r="I9" s="25">
+      <c r="J9" s="22">
         <v>772</v>
       </c>
-      <c r="J9" s="25">
+      <c r="K9" s="22">
         <v>772</v>
       </c>
-      <c r="K9" s="25">
+      <c r="L9" s="22">
         <v>768</v>
       </c>
-      <c r="L9" s="25">
+      <c r="M9" s="22">
         <v>387</v>
       </c>
-      <c r="M9" s="25">
+      <c r="N9" s="22">
         <v>516</v>
       </c>
-      <c r="N9" s="25">
+      <c r="O9" s="22">
         <v>501</v>
       </c>
-      <c r="O9" s="25">
+      <c r="P9" s="22">
         <v>646</v>
       </c>
-      <c r="P9" s="25">
+      <c r="Q9" s="103">
         <v>626</v>
       </c>
-      <c r="Q9" s="25">
-[...4 lines deleted...]
-      <c r="T9" s="60"/>
+      <c r="R9" s="98"/>
+      <c r="S9" s="58"/>
+      <c r="T9" s="59"/>
     </row>
     <row r="10" spans="2:21" x14ac:dyDescent="0.3">
       <c r="B10" s="2" t="s">
-        <v>6</v>
-[...48 lines deleted...]
-      <c r="T10" s="60"/>
+        <v>43</v>
+      </c>
+      <c r="C10" s="49">
+        <v>312</v>
+      </c>
+      <c r="D10" s="49"/>
+      <c r="E10" s="49"/>
+      <c r="F10" s="49"/>
+      <c r="G10" s="49"/>
+      <c r="H10" s="49"/>
+      <c r="I10" s="49"/>
+      <c r="J10" s="22"/>
+      <c r="K10" s="22"/>
+      <c r="L10" s="22"/>
+      <c r="M10" s="22"/>
+      <c r="N10" s="22"/>
+      <c r="O10" s="22"/>
+      <c r="P10" s="22"/>
+      <c r="Q10" s="103"/>
+      <c r="R10" s="98"/>
+      <c r="S10" s="58"/>
+      <c r="T10" s="59"/>
     </row>
     <row r="11" spans="2:21" x14ac:dyDescent="0.3">
       <c r="B11" s="2" t="s">
-        <v>7</v>
-[...48 lines deleted...]
-      <c r="T11" s="6"/>
+        <v>6</v>
+      </c>
+      <c r="C11" s="49">
+        <v>7973</v>
+      </c>
+      <c r="D11" s="49">
+        <v>9047</v>
+      </c>
+      <c r="E11" s="49">
+        <v>8790</v>
+      </c>
+      <c r="F11" s="49">
+        <v>8642</v>
+      </c>
+      <c r="G11" s="49">
+        <v>8375</v>
+      </c>
+      <c r="H11" s="49">
+        <v>8355</v>
+      </c>
+      <c r="I11" s="49">
+        <v>8493</v>
+      </c>
+      <c r="J11" s="22">
+        <v>8681</v>
+      </c>
+      <c r="K11" s="22">
+        <v>8670</v>
+      </c>
+      <c r="L11" s="22">
+        <v>8944</v>
+      </c>
+      <c r="M11" s="22">
+        <v>5320</v>
+      </c>
+      <c r="N11" s="22">
+        <v>7023</v>
+      </c>
+      <c r="O11" s="22">
+        <v>6811</v>
+      </c>
+      <c r="P11" s="22">
+        <v>7740</v>
+      </c>
+      <c r="Q11" s="103">
+        <v>7869</v>
+      </c>
+      <c r="R11" s="98"/>
+      <c r="S11" s="58"/>
+      <c r="T11" s="59"/>
     </row>
     <row r="12" spans="2:21" x14ac:dyDescent="0.3">
       <c r="B12" s="2" t="s">
-        <v>8</v>
-[...47 lines deleted...]
-      <c r="S12" s="6"/>
+        <v>44</v>
+      </c>
+      <c r="C12" s="49">
+        <v>2645</v>
+      </c>
+      <c r="D12" s="49"/>
+      <c r="E12" s="49"/>
+      <c r="F12" s="49"/>
+      <c r="G12" s="49"/>
+      <c r="H12" s="49"/>
+      <c r="I12" s="49"/>
+      <c r="J12" s="22"/>
+      <c r="K12" s="22"/>
+      <c r="L12" s="22"/>
+      <c r="M12" s="22"/>
+      <c r="N12" s="22"/>
+      <c r="O12" s="22"/>
+      <c r="P12" s="22"/>
+      <c r="Q12" s="103"/>
+      <c r="R12" s="98"/>
+      <c r="S12" s="58"/>
+      <c r="T12" s="59"/>
     </row>
     <row r="13" spans="2:21" x14ac:dyDescent="0.3">
       <c r="B13" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C13" s="49">
+        <v>616</v>
+      </c>
+      <c r="D13" s="49">
+        <v>672</v>
+      </c>
+      <c r="E13" s="49">
+        <v>677</v>
+      </c>
+      <c r="F13" s="49">
+        <v>683</v>
+      </c>
+      <c r="G13" s="49">
+        <v>672</v>
+      </c>
+      <c r="H13" s="49">
+        <v>671</v>
+      </c>
+      <c r="I13" s="49">
+        <v>690</v>
+      </c>
+      <c r="J13" s="22">
+        <v>685</v>
+      </c>
+      <c r="K13" s="22">
+        <v>732</v>
+      </c>
+      <c r="L13" s="22">
+        <v>764</v>
+      </c>
+      <c r="M13" s="22">
+        <v>596</v>
+      </c>
+      <c r="N13" s="22">
+        <v>612</v>
+      </c>
+      <c r="O13" s="22">
+        <v>546</v>
+      </c>
+      <c r="P13" s="22">
+        <v>701</v>
+      </c>
+      <c r="Q13" s="103">
+        <v>669</v>
+      </c>
+      <c r="R13" s="98"/>
+    </row>
+    <row r="14" spans="2:21" x14ac:dyDescent="0.3">
+      <c r="B14" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C14" s="49">
+        <v>541</v>
+      </c>
+      <c r="D14" s="49">
+        <v>623</v>
+      </c>
+      <c r="E14" s="49">
+        <v>545</v>
+      </c>
+      <c r="F14" s="49">
+        <v>530</v>
+      </c>
+      <c r="G14" s="49">
+        <v>468</v>
+      </c>
+      <c r="H14" s="49">
+        <v>488</v>
+      </c>
+      <c r="I14" s="49">
+        <v>365</v>
+      </c>
+      <c r="J14" s="22">
+        <v>447</v>
+      </c>
+      <c r="K14" s="22">
+        <v>394</v>
+      </c>
+      <c r="L14" s="22">
+        <v>385</v>
+      </c>
+      <c r="M14" s="22">
+        <v>421</v>
+      </c>
+      <c r="N14" s="22">
+        <v>242</v>
+      </c>
+      <c r="O14" s="22">
+        <v>261</v>
+      </c>
+      <c r="P14" s="22">
+        <v>240</v>
+      </c>
+      <c r="Q14" s="103">
+        <v>254</v>
+      </c>
+      <c r="R14" s="98"/>
+    </row>
+    <row r="15" spans="2:21" x14ac:dyDescent="0.3">
+      <c r="B15" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="C13" s="52">
+      <c r="C15" s="49">
         <v>104</v>
       </c>
-      <c r="D13" s="52">
+      <c r="D15" s="49">
+        <v>104</v>
+      </c>
+      <c r="E15" s="49">
         <v>99</v>
       </c>
-      <c r="E13" s="52">
+      <c r="F15" s="49">
         <v>86</v>
       </c>
-      <c r="F13" s="52">
+      <c r="G15" s="49">
         <v>84</v>
       </c>
-      <c r="G13" s="52">
+      <c r="H15" s="49">
         <v>72</v>
       </c>
-      <c r="H13" s="52">
+      <c r="I15" s="49">
         <v>61</v>
       </c>
-      <c r="I13" s="25">
+      <c r="J15" s="22">
         <v>76</v>
       </c>
-      <c r="J13" s="25">
+      <c r="K15" s="22">
         <v>78</v>
       </c>
-      <c r="K13" s="25">
+      <c r="L15" s="22">
         <v>75</v>
       </c>
-      <c r="L13" s="25">
+      <c r="M15" s="22">
         <v>34</v>
       </c>
-      <c r="M13" s="25">
+      <c r="N15" s="22">
         <v>18</v>
       </c>
-      <c r="N13" s="25">
+      <c r="O15" s="22">
         <v>12</v>
       </c>
-      <c r="O13" s="25">
+      <c r="P15" s="22">
         <v>30</v>
       </c>
-      <c r="P13" s="25">
+      <c r="Q15" s="103">
         <v>12</v>
       </c>
-      <c r="Q13" s="25">
-[...6 lines deleted...]
-      <c r="B14" s="48" t="s">
+      <c r="R15" s="98"/>
+    </row>
+    <row r="16" spans="2:21" x14ac:dyDescent="0.3">
+      <c r="B16" s="45" t="s">
         <v>3</v>
       </c>
-      <c r="C14" s="47">
-        <f t="shared" ref="C14:P14" si="0">SUM(C7:C13)</f>
+      <c r="C16" s="44">
+        <f t="shared" ref="C16" si="0">SUM(C7:C15)</f>
+        <v>30530</v>
+      </c>
+      <c r="D16" s="44">
+        <f t="shared" ref="D16:Q16" si="1">SUM(D7:D15)</f>
         <v>33542</v>
       </c>
-      <c r="D14" s="47">
-        <f t="shared" si="0"/>
+      <c r="E16" s="44">
+        <f t="shared" si="1"/>
         <v>32016</v>
       </c>
-      <c r="E14" s="47">
-        <f t="shared" si="0"/>
+      <c r="F16" s="44">
+        <f t="shared" si="1"/>
         <v>31443</v>
       </c>
-      <c r="F14" s="47">
-        <f t="shared" si="0"/>
+      <c r="G16" s="44">
+        <f t="shared" si="1"/>
         <v>31131</v>
       </c>
-      <c r="G14" s="47">
-        <f t="shared" si="0"/>
+      <c r="H16" s="44">
+        <f t="shared" si="1"/>
         <v>31234</v>
       </c>
-      <c r="H14" s="47">
-        <f t="shared" si="0"/>
+      <c r="I16" s="44">
+        <f t="shared" si="1"/>
         <v>31805</v>
       </c>
-      <c r="I14" s="47">
-        <f t="shared" si="0"/>
+      <c r="J16" s="44">
+        <f t="shared" si="1"/>
         <v>33201</v>
       </c>
-      <c r="J14" s="47">
-        <f t="shared" si="0"/>
+      <c r="K16" s="44">
+        <f t="shared" si="1"/>
         <v>33624</v>
       </c>
-      <c r="K14" s="47">
-        <f t="shared" si="0"/>
+      <c r="L16" s="44">
+        <f t="shared" si="1"/>
         <v>34430</v>
       </c>
-      <c r="L14" s="47">
-        <f t="shared" si="0"/>
+      <c r="M16" s="44">
+        <f t="shared" si="1"/>
         <v>21500</v>
       </c>
-      <c r="M14" s="47">
-        <f t="shared" si="0"/>
+      <c r="N16" s="44">
+        <f t="shared" si="1"/>
         <v>26473</v>
       </c>
-      <c r="N14" s="47">
-        <f t="shared" si="0"/>
+      <c r="O16" s="44">
+        <f t="shared" si="1"/>
         <v>25619</v>
       </c>
-      <c r="O14" s="47">
-        <f t="shared" si="0"/>
+      <c r="P16" s="44">
+        <f t="shared" si="1"/>
         <v>32252</v>
       </c>
-      <c r="P14" s="47">
-        <f t="shared" si="0"/>
+      <c r="Q16" s="104">
+        <f t="shared" si="1"/>
         <v>32070</v>
       </c>
-      <c r="Q14" s="47">
-[...38 lines deleted...]
-      <c r="B17" s="9" t="s">
+      <c r="R16" s="99"/>
+    </row>
+    <row r="17" spans="2:43" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B17" s="5"/>
+      <c r="D17" s="51"/>
+      <c r="E17" s="51"/>
+      <c r="F17" s="51"/>
+      <c r="G17" s="51"/>
+      <c r="H17" s="51"/>
+      <c r="I17" s="51"/>
+      <c r="J17" s="51"/>
+      <c r="K17" s="51"/>
+      <c r="L17" s="51"/>
+    </row>
+    <row r="18" spans="2:43" x14ac:dyDescent="0.3">
+      <c r="B18" s="5"/>
+      <c r="C18" s="51"/>
+      <c r="D18" s="51"/>
+      <c r="E18" s="51"/>
+      <c r="F18" s="51"/>
+      <c r="G18" s="51"/>
+      <c r="H18" s="51"/>
+      <c r="I18" s="51"/>
+      <c r="J18" s="51"/>
+      <c r="K18" s="51"/>
+      <c r="L18" s="51"/>
+    </row>
+    <row r="19" spans="2:43" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="B19" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="C17" s="6"/>
-[...38 lines deleted...]
-      <c r="B19" s="82" t="s">
+    </row>
+    <row r="20" spans="2:43" x14ac:dyDescent="0.3">
+      <c r="AG20" s="47"/>
+    </row>
+    <row r="21" spans="2:43" x14ac:dyDescent="0.3">
+      <c r="B21" s="91" t="s">
         <v>1</v>
       </c>
-      <c r="C19" s="82"/>
-[...29 lines deleted...]
-      <c r="B20" s="78">
+      <c r="C21" s="91"/>
+      <c r="D21" s="91"/>
+      <c r="E21" s="91"/>
+      <c r="F21" s="91"/>
+      <c r="G21" s="91"/>
+      <c r="H21" s="91"/>
+      <c r="I21" s="91"/>
+      <c r="J21" s="91"/>
+      <c r="K21" s="91"/>
+      <c r="L21" s="91"/>
+      <c r="M21" s="91"/>
+      <c r="N21" s="91"/>
+      <c r="O21" s="91"/>
+      <c r="P21" s="91"/>
+      <c r="Q21" s="91"/>
+      <c r="R21" s="91"/>
+      <c r="S21" s="91"/>
+      <c r="T21" s="91"/>
+      <c r="U21" s="91"/>
+      <c r="V21" s="91"/>
+      <c r="W21" s="91"/>
+      <c r="X21" s="91"/>
+      <c r="Y21" s="91"/>
+      <c r="Z21" s="91"/>
+      <c r="AA21" s="91"/>
+      <c r="AB21" s="91"/>
+      <c r="AC21" s="91"/>
+      <c r="AD21" s="91"/>
+      <c r="AE21" s="91"/>
+      <c r="AG21" s="47"/>
+    </row>
+    <row r="22" spans="2:43" x14ac:dyDescent="0.3">
+      <c r="B22" s="92">
+        <v>2025</v>
+      </c>
+      <c r="C22" s="93"/>
+      <c r="D22" s="92">
         <v>2024</v>
       </c>
-      <c r="C20" s="79"/>
-      <c r="D20" s="78">
+      <c r="E22" s="93"/>
+      <c r="F22" s="53">
         <v>2023</v>
       </c>
-      <c r="E20" s="79"/>
-      <c r="F20" s="78">
+      <c r="G22" s="55"/>
+      <c r="H22" s="53">
         <v>2022</v>
       </c>
-      <c r="G20" s="80"/>
-      <c r="H20" s="78">
+      <c r="I22" s="54"/>
+      <c r="J22" s="53">
         <v>2021</v>
       </c>
-      <c r="I20" s="80"/>
-      <c r="J20" s="78">
+      <c r="K22" s="54"/>
+      <c r="L22" s="53">
         <v>2020</v>
       </c>
-      <c r="K20" s="80"/>
-      <c r="L20" s="78">
+      <c r="M22" s="54"/>
+      <c r="N22" s="53">
         <v>2019</v>
       </c>
-      <c r="M20" s="80"/>
-      <c r="N20" s="78">
+      <c r="O22" s="54"/>
+      <c r="P22" s="53">
         <v>2018</v>
       </c>
-      <c r="O20" s="80"/>
-      <c r="P20" s="78">
+      <c r="Q22" s="54"/>
+      <c r="R22" s="53">
         <v>2017</v>
       </c>
-      <c r="Q20" s="80"/>
-      <c r="R20" s="78">
+      <c r="S22" s="54"/>
+      <c r="T22" s="53">
         <v>2016</v>
       </c>
-      <c r="S20" s="80"/>
-      <c r="T20" s="78">
+      <c r="U22" s="54"/>
+      <c r="V22" s="53">
         <v>2015</v>
       </c>
-      <c r="U20" s="80"/>
-      <c r="V20" s="78">
+      <c r="W22" s="54"/>
+      <c r="X22" s="53">
         <v>2014</v>
       </c>
-      <c r="W20" s="80"/>
-      <c r="X20" s="78">
+      <c r="Y22" s="54"/>
+      <c r="Z22" s="53">
         <v>2013</v>
       </c>
-      <c r="Y20" s="80"/>
-      <c r="Z20" s="78">
+      <c r="AA22" s="54"/>
+      <c r="AB22" s="53">
         <v>2012</v>
       </c>
-      <c r="AA20" s="80"/>
-      <c r="AB20" s="78">
+      <c r="AC22" s="54"/>
+      <c r="AD22" s="53">
         <v>2011</v>
       </c>
-      <c r="AC20" s="79"/>
-[...2 lines deleted...]
-      <c r="B21" s="4" t="s">
+      <c r="AE22" s="55"/>
+    </row>
+    <row r="23" spans="2:43" x14ac:dyDescent="0.3">
+      <c r="B23" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="C21" s="4" t="s">
+      <c r="C23" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="D21" s="4" t="s">
+      <c r="D23" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="E21" s="4" t="s">
+      <c r="E23" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="F21" s="4" t="s">
+      <c r="F23" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="G21" s="4" t="s">
+      <c r="G23" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="H21" s="4" t="s">
+      <c r="H23" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="I21" s="4" t="s">
+      <c r="I23" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="J21" s="4" t="s">
+      <c r="J23" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="K21" s="4" t="s">
+      <c r="K23" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="L21" s="4" t="s">
+      <c r="L23" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="M21" s="4" t="s">
+      <c r="M23" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="N21" s="4" t="s">
+      <c r="N23" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="O21" s="4" t="s">
+      <c r="O23" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="P21" s="4" t="s">
+      <c r="P23" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="Q21" s="4" t="s">
+      <c r="Q23" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="R21" s="4" t="s">
+      <c r="R23" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="S21" s="4" t="s">
+      <c r="S23" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="T21" s="4" t="s">
+      <c r="T23" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="U21" s="4" t="s">
+      <c r="U23" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="V21" s="4" t="s">
+      <c r="V23" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="W21" s="4" t="s">
+      <c r="W23" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="X21" s="4" t="s">
+      <c r="X23" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="Y21" s="4" t="s">
+      <c r="Y23" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="Z21" s="4" t="s">
+      <c r="Z23" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="AA21" s="4" t="s">
+      <c r="AA23" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="AB21" s="4" t="s">
+      <c r="AB23" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="AC21" s="4" t="s">
+      <c r="AC23" s="3" t="s">
         <v>24</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B22" s="18">
+      <c r="AD23" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="AE23" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="24" spans="2:43" x14ac:dyDescent="0.3">
+      <c r="B24" s="15">
+        <v>2008634</v>
+      </c>
+      <c r="C24" s="16">
+        <v>225820</v>
+      </c>
+      <c r="D24" s="15">
         <v>2172927</v>
       </c>
-      <c r="C22" s="20">
+      <c r="E24" s="17">
         <v>254382</v>
       </c>
-      <c r="D22" s="20">
+      <c r="F24" s="17">
         <v>2194344</v>
       </c>
-      <c r="E22" s="20">
+      <c r="G24" s="17">
         <v>268196</v>
       </c>
-      <c r="F22" s="20">
+      <c r="H24" s="17">
         <v>2197039</v>
       </c>
-      <c r="G22" s="20">
+      <c r="I24" s="17">
         <v>272357</v>
       </c>
-      <c r="H22" s="20">
+      <c r="J24" s="17">
         <v>2216478</v>
       </c>
-      <c r="I22" s="20">
+      <c r="K24" s="17">
         <v>291936</v>
       </c>
-      <c r="J22" s="19">
+      <c r="L24" s="16">
         <v>2231087</v>
       </c>
-      <c r="K22" s="20">
+      <c r="M24" s="17">
         <v>295531</v>
       </c>
-      <c r="L22" s="19">
+      <c r="N24" s="16">
         <v>2209790</v>
       </c>
-      <c r="M22" s="20">
+      <c r="O24" s="17">
         <v>307744</v>
       </c>
-      <c r="N22" s="19">
+      <c r="P24" s="16">
         <v>2206432</v>
       </c>
-      <c r="O22" s="20">
+      <c r="Q24" s="17">
         <v>326257</v>
       </c>
-      <c r="P22" s="19">
+      <c r="R24" s="16">
         <v>2234743</v>
       </c>
-      <c r="Q22" s="20">
+      <c r="S24" s="17">
         <v>335571</v>
       </c>
-      <c r="R22" s="19">
+      <c r="T24" s="16">
         <v>2226137</v>
       </c>
-      <c r="S22" s="20">
+      <c r="U24" s="17">
         <v>338717</v>
       </c>
-      <c r="T22" s="19">
+      <c r="V24" s="16">
         <v>1290349</v>
       </c>
-      <c r="U22" s="20">
+      <c r="W24" s="17">
         <v>209755</v>
       </c>
-      <c r="V22" s="19">
+      <c r="X24" s="16">
         <v>1502218</v>
       </c>
-      <c r="W22" s="20">
+      <c r="Y24" s="17">
         <v>277501</v>
       </c>
-      <c r="X22" s="19">
+      <c r="Z24" s="16">
         <v>1770254</v>
       </c>
-      <c r="Y22" s="20">
+      <c r="AA24" s="17">
         <v>264839</v>
       </c>
-      <c r="Z22" s="19">
+      <c r="AB24" s="16">
         <v>1886506</v>
       </c>
-      <c r="AA22" s="19">
+      <c r="AC24" s="16">
         <v>304160</v>
       </c>
-      <c r="AB22" s="18">
+      <c r="AD24" s="15">
         <v>2015165</v>
       </c>
-      <c r="AC22" s="19">
+      <c r="AE24" s="16">
         <v>327557</v>
       </c>
     </row>
-    <row r="23" spans="2:40" s="7" customFormat="1" x14ac:dyDescent="0.3">
-[...23 lines deleted...]
-      <c r="B25" s="9" t="s">
+    <row r="25" spans="2:43" x14ac:dyDescent="0.3">
+      <c r="B25" s="50"/>
+      <c r="C25" s="50"/>
+      <c r="D25" s="50"/>
+      <c r="E25" s="50"/>
+      <c r="F25" s="50"/>
+      <c r="G25" s="50"/>
+      <c r="H25" s="50"/>
+      <c r="I25" s="50"/>
+      <c r="J25" s="50"/>
+      <c r="K25" s="50"/>
+      <c r="L25" s="50"/>
+      <c r="M25" s="50"/>
+      <c r="N25" s="50"/>
+      <c r="O25" s="50"/>
+      <c r="P25" s="50"/>
+      <c r="Q25" s="50"/>
+      <c r="R25" s="50"/>
+      <c r="S25" s="50"/>
+      <c r="T25" s="50"/>
+      <c r="U25" s="50"/>
+    </row>
+    <row r="27" spans="2:43" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="B27" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="C25" s="5"/>
-[...36 lines deleted...]
-      <c r="B27" s="78" t="s">
+      <c r="C27" s="4"/>
+      <c r="D27" s="4"/>
+    </row>
+    <row r="28" spans="2:43" x14ac:dyDescent="0.3">
+      <c r="B28" s="4"/>
+      <c r="C28" s="4"/>
+      <c r="D28" s="4"/>
+    </row>
+    <row r="29" spans="2:43" x14ac:dyDescent="0.3">
+      <c r="B29" s="92" t="s">
+        <v>42</v>
+      </c>
+      <c r="C29" s="93"/>
+      <c r="D29" s="94"/>
+      <c r="E29" s="92" t="s">
         <v>40</v>
       </c>
-      <c r="C27" s="79"/>
-[...1 lines deleted...]
-      <c r="E27" s="78" t="s">
+      <c r="F29" s="93"/>
+      <c r="G29" s="94"/>
+      <c r="H29" s="53" t="s">
         <v>39</v>
       </c>
-      <c r="F27" s="79"/>
-[...1 lines deleted...]
-      <c r="H27" s="78" t="s">
+      <c r="I29" s="55"/>
+      <c r="J29" s="54"/>
+      <c r="K29" s="53" t="s">
         <v>38</v>
       </c>
-      <c r="I27" s="79"/>
-[...1 lines deleted...]
-      <c r="K27" s="78" t="s">
+      <c r="L29" s="55"/>
+      <c r="M29" s="54"/>
+      <c r="N29" s="53" t="s">
         <v>37</v>
       </c>
-      <c r="L27" s="79"/>
-[...1 lines deleted...]
-      <c r="N27" s="78" t="s">
+      <c r="O29" s="55"/>
+      <c r="P29" s="54"/>
+      <c r="Q29" s="53" t="s">
         <v>35</v>
       </c>
-      <c r="O27" s="79"/>
-[...1 lines deleted...]
-      <c r="Q27" s="78" t="s">
+      <c r="R29" s="55"/>
+      <c r="S29" s="54"/>
+      <c r="T29" s="53" t="s">
         <v>34</v>
       </c>
-      <c r="R27" s="79"/>
-[...1 lines deleted...]
-      <c r="T27" s="78" t="s">
+      <c r="U29" s="55"/>
+      <c r="V29" s="54"/>
+      <c r="W29" s="53" t="s">
         <v>33</v>
       </c>
-      <c r="U27" s="79"/>
-[...1 lines deleted...]
-      <c r="W27" s="78" t="s">
+      <c r="X29" s="55"/>
+      <c r="Y29" s="54"/>
+      <c r="Z29" s="53" t="s">
         <v>32</v>
       </c>
-      <c r="X27" s="79"/>
-[...1 lines deleted...]
-      <c r="Z27" s="78" t="s">
+      <c r="AA29" s="55"/>
+      <c r="AB29" s="54"/>
+      <c r="AC29" s="53" t="s">
         <v>29</v>
       </c>
-      <c r="AA27" s="79"/>
-[...1 lines deleted...]
-      <c r="AC27" s="78" t="s">
+      <c r="AD29" s="55"/>
+      <c r="AE29" s="54"/>
+      <c r="AF29" s="53" t="s">
         <v>30</v>
       </c>
-      <c r="AD27" s="79"/>
-[...1 lines deleted...]
-      <c r="AF27" s="78" t="s">
+      <c r="AG29" s="55"/>
+      <c r="AH29" s="54"/>
+      <c r="AI29" s="53" t="s">
         <v>28</v>
       </c>
-      <c r="AG27" s="79"/>
-[...1 lines deleted...]
-      <c r="AI27" s="78" t="s">
+      <c r="AJ29" s="55"/>
+      <c r="AK29" s="54"/>
+      <c r="AL29" s="53" t="s">
         <v>25</v>
       </c>
-      <c r="AJ27" s="79"/>
-[...1 lines deleted...]
-      <c r="AL27" s="57" t="s">
+      <c r="AM29" s="55"/>
+      <c r="AN29" s="54"/>
+      <c r="AO29" s="56" t="s">
         <v>26</v>
       </c>
-      <c r="AM27" s="58"/>
-[...3 lines deleted...]
-      <c r="B28" s="4" t="s">
+      <c r="AP29" s="57"/>
+      <c r="AQ29" s="57"/>
+    </row>
+    <row r="30" spans="2:43" x14ac:dyDescent="0.3">
+      <c r="B30" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="C28" s="4" t="s">
+      <c r="C30" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="D28" s="4" t="s">
+      <c r="D30" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="E28" s="4" t="s">
+      <c r="E30" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="F28" s="4" t="s">
+      <c r="F30" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="G28" s="4" t="s">
+      <c r="G30" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="H28" s="4" t="s">
+      <c r="H30" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="I28" s="4" t="s">
+      <c r="I30" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="J28" s="4" t="s">
+      <c r="J30" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="K28" s="4" t="s">
+      <c r="K30" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="L28" s="4" t="s">
+      <c r="L30" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="M28" s="4" t="s">
+      <c r="M30" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="N28" s="4" t="s">
+      <c r="N30" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="O28" s="4" t="s">
+      <c r="O30" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="P28" s="4" t="s">
+      <c r="P30" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="Q28" s="4" t="s">
+      <c r="Q30" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="R28" s="4" t="s">
+      <c r="R30" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="S28" s="4" t="s">
+      <c r="S30" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="T28" s="4" t="s">
+      <c r="T30" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="U28" s="4" t="s">
+      <c r="U30" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="V28" s="4" t="s">
+      <c r="V30" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="W28" s="4" t="s">
+      <c r="W30" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="X28" s="4" t="s">
+      <c r="X30" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="Y28" s="4" t="s">
+      <c r="Y30" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="Z28" s="4" t="s">
+      <c r="Z30" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="AA28" s="4" t="s">
+      <c r="AA30" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="AB28" s="4" t="s">
+      <c r="AB30" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="AC28" s="4" t="s">
+      <c r="AC30" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="AD28" s="4" t="s">
+      <c r="AD30" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="AE28" s="4" t="s">
+      <c r="AE30" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="AF28" s="4" t="s">
+      <c r="AF30" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="AG28" s="4" t="s">
+      <c r="AG30" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="AH28" s="4" t="s">
+      <c r="AH30" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="AI28" s="4" t="s">
+      <c r="AI30" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="AJ28" s="4" t="s">
+      <c r="AJ30" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="AK28" s="4" t="s">
+      <c r="AK30" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="AL28" s="4" t="s">
+      <c r="AL30" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="AM28" s="4" t="s">
+      <c r="AM30" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="AN28" s="4" t="s">
+      <c r="AN30" s="3" t="s">
         <v>24</v>
       </c>
-    </row>
-[...2 lines deleted...]
-        <f>((C14-D14)/C14)*100</f>
+      <c r="AO30" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="AP30" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="AQ30" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="31" spans="2:43" x14ac:dyDescent="0.3">
+      <c r="B31" s="18">
+        <f>((C16-D16)/C16)*100</f>
+        <v>-9.8657058630854895</v>
+      </c>
+      <c r="C31" s="19">
+        <f>((B24-D24)/B24)*100</f>
+        <v>-8.1793397901260256</v>
+      </c>
+      <c r="D31" s="19">
+        <f>((C24-E24)/C24)*100</f>
+        <v>-12.648126826676116</v>
+      </c>
+      <c r="E31" s="18">
+        <f>((D16-E16)/D16)*100</f>
         <v>4.5495200047701392</v>
       </c>
-      <c r="C29" s="21">
-        <f>((B22-D22)/B22)*100</f>
+      <c r="F31" s="18">
+        <f>((D24-F24)/D24)*100</f>
         <v>-0.98562906162977404</v>
       </c>
-      <c r="D29" s="22">
-        <f>((C22-E22)/C22)*100</f>
+      <c r="G31" s="19">
+        <f>((E24-G24)/E24)*100</f>
         <v>-5.4304156740649887</v>
       </c>
-      <c r="E29" s="21">
-        <f>((D14-E14)/D14)*100</f>
+      <c r="H31" s="18">
+        <f>((E16-F16)/E16)*100</f>
         <v>1.7897301349325336</v>
       </c>
-      <c r="F29" s="21">
-        <f>((D22-F22)/D22)*100</f>
+      <c r="I31" s="18">
+        <f>((F24-H24)/F24)*100</f>
         <v>-0.12281574812335713</v>
       </c>
-      <c r="G29" s="22">
-        <f>((E22-G22)/E22)*100</f>
+      <c r="J31" s="19">
+        <f>((G24-I24)/G24)*100</f>
         <v>-1.5514772778117496</v>
       </c>
-      <c r="H29" s="21">
-        <f>((E14-F14)/E14)*100</f>
+      <c r="K31" s="18">
+        <f>((F16-G16)/F16)*100</f>
         <v>0.99227172979677503</v>
       </c>
-      <c r="I29" s="21">
-        <f>((F22-H22)/F22)*100</f>
+      <c r="L31" s="18">
+        <f>((H24-J24)/H24)*100</f>
         <v>-0.88478174488481987</v>
       </c>
-      <c r="J29" s="22">
-        <f>((G22-I22)/G22)*100</f>
+      <c r="M31" s="19">
+        <f>((I24-K24)/I24)*100</f>
         <v>-7.1887265610944455</v>
       </c>
-      <c r="K29" s="21">
-        <f>((F14-G14)/F14)*100</f>
+      <c r="N31" s="18">
+        <f>((G16-H16)/G16)*100</f>
         <v>-0.33085991455462399</v>
       </c>
-      <c r="L29" s="21">
-        <f>((H22-J22)/H22)*100</f>
+      <c r="O31" s="18">
+        <f>((J24-L24)/J24)*100</f>
         <v>-0.65910873015658178</v>
       </c>
-      <c r="M29" s="22">
-        <f>((I22-K22)/I22)*100</f>
+      <c r="P31" s="19">
+        <f>((K24-M24)/K24)*100</f>
         <v>-1.2314342869670063</v>
       </c>
-      <c r="N29" s="21">
-        <f>((G14-H14)/G14)*100</f>
+      <c r="Q31" s="18">
+        <f>((H16-I16)/H16)*100</f>
         <v>-1.828136005634885</v>
       </c>
-      <c r="O29" s="21">
-        <f>((J22-L22)/J22)*100</f>
+      <c r="R31" s="18">
+        <f>((L24-N24)/L24)*100</f>
         <v>0.95455712843111906</v>
       </c>
-      <c r="P29" s="22">
-        <f>((K22-M22)/K22)*100</f>
+      <c r="S31" s="19">
+        <f>((M24-O24)/M24)*100</f>
         <v>-4.1325613894989015</v>
       </c>
-      <c r="Q29" s="21">
-        <f>((H14-I14)/H14)*100</f>
+      <c r="T31" s="18">
+        <f>((I16-J16)/I16)*100</f>
         <v>-4.3892469737462667</v>
       </c>
-      <c r="R29" s="21">
-        <f>((L22-N22)/L22)*100</f>
+      <c r="U31" s="18">
+        <f>((N24-P24)/N24)*100</f>
         <v>0.15196014100887414</v>
       </c>
-      <c r="S29" s="22">
-        <f>((M22-O22)/M22)*100</f>
+      <c r="V31" s="19">
+        <f>((O24-Q24)/O24)*100</f>
         <v>-6.0157143599875225</v>
       </c>
-      <c r="T29" s="21">
-        <f>((I14-J14)/I14)*100</f>
+      <c r="W31" s="18">
+        <f>((J16-K16)/J16)*100</f>
         <v>-1.2740580103008945</v>
       </c>
-      <c r="U29" s="21">
-        <f>((N22-P22)/N22)*100</f>
+      <c r="X31" s="18">
+        <f>((P24-R24)/P24)*100</f>
         <v>-1.2831122826354948</v>
       </c>
-      <c r="V29" s="22">
-        <f>((O22-Q22)/O22)*100</f>
+      <c r="Y31" s="19">
+        <f>((Q24-S24)/Q24)*100</f>
         <v>-2.8548046478696243</v>
       </c>
-      <c r="W29" s="21">
-        <f>((J14-K14)/J14)*100</f>
+      <c r="Z31" s="18">
+        <f>((K16-L16)/K16)*100</f>
         <v>-2.3970973114442065</v>
       </c>
-      <c r="X29" s="21">
-        <f>((P22-R22)/P22)*100</f>
+      <c r="AA31" s="18">
+        <f>((R24-T24)/R24)*100</f>
         <v>0.38510021062824673</v>
       </c>
-      <c r="Y29" s="22">
-        <f>((Q22-S22)/Q22)*100</f>
+      <c r="AB31" s="19">
+        <f>((S24-U24)/S24)*100</f>
         <v>-0.93750651873970048</v>
       </c>
-      <c r="Z29" s="21">
-        <f>((K14-L14)/K14)*100</f>
+      <c r="AC31" s="18">
+        <f>((L16-M16)/L16)*100</f>
         <v>37.554458321231479</v>
       </c>
-      <c r="AA29" s="21">
-        <f>((R22-T22)/R22)*100</f>
+      <c r="AD31" s="18">
+        <f>((T24-V24)/T24)*100</f>
         <v>42.036406564375866</v>
       </c>
-      <c r="AB29" s="22">
-        <f>((S22-U22)/S22)*100</f>
+      <c r="AE31" s="19">
+        <f>((U24-W24)/U24)*100</f>
         <v>38.073672121564613</v>
       </c>
-      <c r="AC29" s="21">
-        <f>((L14-M14)/L14)*100</f>
+      <c r="AF31" s="18">
+        <f>((M16-N16)/M16)*100</f>
         <v>-23.130232558139536</v>
       </c>
-      <c r="AD29" s="22">
-        <f>((T22-V22)/T22)*100</f>
+      <c r="AG31" s="19">
+        <f>((V24-X24)/V24)*100</f>
         <v>-16.419511310505918</v>
       </c>
-      <c r="AE29" s="22">
-        <f>((U22-W22)/U22)*100</f>
+      <c r="AH31" s="19">
+        <f>((W24-Y24)/W24)*100</f>
         <v>-32.297680627398634</v>
       </c>
-      <c r="AF29" s="21">
-        <f>((M14-N14)/M14)*100</f>
+      <c r="AI31" s="18">
+        <f>((N16-O16)/N16)*100</f>
         <v>3.2259283043100515</v>
       </c>
-      <c r="AG29" s="22">
-        <f>((V22-X22)/V22)*100</f>
+      <c r="AJ31" s="19">
+        <f>((X24-Z24)/X24)*100</f>
         <v>-17.842683285648288</v>
       </c>
-      <c r="AH29" s="22">
-        <f>((W22-Y22)/W22)*100</f>
+      <c r="AK31" s="19">
+        <f>((Y24-AA24)/Y24)*100</f>
         <v>4.5628664401209367</v>
       </c>
-      <c r="AI29" s="21">
+      <c r="AL31" s="18">
         <v>-20.566166439290601</v>
       </c>
-      <c r="AJ29" s="22">
+      <c r="AM31" s="19">
         <v>-6.1622915591045029</v>
       </c>
-      <c r="AK29" s="22">
+      <c r="AN31" s="19">
         <v>-12.927735402419779</v>
       </c>
-      <c r="AL29" s="22">
+      <c r="AO31" s="19">
         <v>0.56750857499220453</v>
       </c>
-      <c r="AM29" s="22">
+      <c r="AP31" s="19">
         <v>-6.3845392312788283</v>
       </c>
-      <c r="AN29" s="23">
+      <c r="AQ31" s="20">
         <v>-7.1428789493126397</v>
       </c>
     </row>
-    <row r="34" spans="2:2" x14ac:dyDescent="0.3">
-      <c r="B34" s="49" t="s">
+    <row r="36" spans="2:6" x14ac:dyDescent="0.3">
+      <c r="B36" s="46" t="s">
         <v>31</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B36" s="49" t="s">
+      <c r="E36" s="61"/>
+      <c r="F36" s="61"/>
+    </row>
+    <row r="37" spans="2:6" x14ac:dyDescent="0.3">
+      <c r="B37" s="46"/>
+      <c r="E37" s="62"/>
+      <c r="F37" s="63"/>
+    </row>
+    <row r="38" spans="2:6" x14ac:dyDescent="0.3">
+      <c r="B38" s="46" t="s">
         <v>41</v>
       </c>
     </row>
+    <row r="39" spans="2:6" x14ac:dyDescent="0.3">
+      <c r="E39" s="62"/>
+      <c r="F39" s="63"/>
+    </row>
+    <row r="40" spans="2:6" x14ac:dyDescent="0.3">
+      <c r="E40" s="62"/>
+      <c r="F40" s="63"/>
+    </row>
+    <row r="41" spans="2:6" x14ac:dyDescent="0.3">
+      <c r="E41" s="62"/>
+      <c r="F41" s="63"/>
+    </row>
+    <row r="42" spans="2:6" x14ac:dyDescent="0.3">
+      <c r="E42" s="62"/>
+      <c r="F42" s="63"/>
+    </row>
   </sheetData>
-  <mergeCells count="29">
+  <mergeCells count="7">
+    <mergeCell ref="B21:AE21"/>
+    <mergeCell ref="B29:D29"/>
     <mergeCell ref="B5:B6"/>
-    <mergeCell ref="D20:E20"/>
-[...15 lines deleted...]
-    <mergeCell ref="AB20:AC20"/>
+    <mergeCell ref="E29:G29"/>
+    <mergeCell ref="D22:E22"/>
+    <mergeCell ref="B22:C22"/>
     <mergeCell ref="C5:Q5"/>
-    <mergeCell ref="P20:Q20"/>
-[...8 lines deleted...]
-    <mergeCell ref="N20:O20"/>
   </mergeCells>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="8" scale="37" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;G</oddHeader>
   </headerFooter>
   <legacyDrawingHF r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="5399dd73-3458-46cc-953e-caad4892d1f1">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="72d6fbae-d18c-49b9-827b-ef4fa516a32b" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100E28C405C63CD544F9651A90105E62ED5" ma:contentTypeVersion="19" ma:contentTypeDescription="Criar um novo documento." ma:contentTypeScope="" ma:versionID="0f68c29702c4629999c9243f18868be3">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5399dd73-3458-46cc-953e-caad4892d1f1" xmlns:ns3="72d6fbae-d18c-49b9-827b-ef4fa516a32b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="00e7f4924a8f06be07f63a476cd4eda2" ns2:_="" ns3:_="">
     <xsd:import namespace="5399dd73-3458-46cc-953e-caad4892d1f1"/>
     <xsd:import namespace="72d6fbae-d18c-49b9-827b-ef4fa516a32b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
@@ -6833,114 +7744,97 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3964869C-FBE8-4BC7-B89E-225BBC8828F3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="5399dd73-3458-46cc-953e-caad4892d1f1"/>
+    <ds:schemaRef ds:uri="72d6fbae-d18c-49b9-827b-ef4fa516a32b"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A26E70E3-7198-449C-BD0F-1B8BE3A63A9D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{038CA35C-2550-4CF0-8348-531DECB39D30}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="5399dd73-3458-46cc-953e-caad4892d1f1"/>
     <ds:schemaRef ds:uri="72d6fbae-d18c-49b9-827b-ef4fa516a32b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Folhas de cálculo</vt:lpstr>
+        <vt:lpstr>Folhas de Cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Número de animais</vt:lpstr>
       <vt:lpstr>DEOC e  N.º Ovinos e Caprinos</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>ifap</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>